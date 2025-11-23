--- v0 (2025-10-03)
+++ v1 (2025-11-23)
@@ -1,994 +1,908 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R194983abd3264421" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/01cbb601d1a447b79cf85e935f1c04d0.psmdcp" Id="R703fb8778da74713" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R108d6e70d2dc4442" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/983c8fb0571a42d1b01e7ded6aed2eca.psmdcp" Id="R66d4a565ce2743ab" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00270A17" w:rsidRDefault="00270A17" w14:paraId="0C4B9B98" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2DDE2EBA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="73C16906" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Landlord and Tenant Generally</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="27AF24E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3EC78A1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-33-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5AB7DC35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Domestic servant. —A person using or occupying real estate while serving another as a domestic servant shall be deemed a "domestic servant";</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2A65DFB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Farm laborer. —A person using or occupying real estate while working either as a sharecropper or otherwise as a farm laborer shall be deemed a "farm laborer";</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2441E125" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Tenant at will. —Every person other than the owner of real estate, excepting a domestic servant and farm laborer, using or occupying real estate without an agreement, either oral or in writing, shall be deemed a "tenant at will";</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="38949166" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Tenant for a term. —A person other than the owner using or occupying real estate under a written or oral agreement shall be deemed a "tenant for a term";</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7729C860" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Tenant for years. —A person other than the owner using or occupying real estate under a written agreement for a term of one year or more shall be deemed a "tenant for years";</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="49A4B6AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) Agricultural renter. —A person renting lands for agricultural purposes shall be deemed an "agricultural renter";</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6A9B8278" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">(7) Landlord.—"Landlord" </w:t>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>(7) Landlord.—"Landlord" shall be construed to include the owner or person in possession or entitled to possession of the real estate used or occupied by the tenant as well as the employer of farm laborers and domestic servants; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="553B26D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) Tenant.—"Tenant" shall be construed to mean tenant at will, tenant for a term, tenant for years, domestic servant, farm laborer, sharecropper and agricultural renter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="090C0748" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="51D25470" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-1; 1952 Code § 41-1; 1946 (44) 2584.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FCBEE1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="361358C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-33-20. Applicability of certain statutory provisions relating to landlord and tenant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="02504247" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The provisions of Chapters 33 to 37, § 27-39-10 and Article 3 of Chapter 39 of this Title, other than §§ 27-35-80, 27-35-170, 27-35-180, 27-39-280 and 27-39-300, shall not apply to (a) lessees of timber, (b) the user or beneficiary of any easement or (c) the use or occupancy of any land by any person engaged in rendering public utility service for the construction and maintenance of electric power, telephone, telegraph, water or gas lines.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2A83C760" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="07CE8D08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-2; 1952 Code § 41-2; 1946 (44) 2584.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6FD880F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2BF4D638" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-33-30. Recordation of leases.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="06FDD541" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In order to give notice to third persons any lease or agreement for the use or occupancy of real estate shall be recorded in the same manner as a deed of real estate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="77512A0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4BBF6C68" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-4; 1952 Code § 41-4; 1946 (44) 2584.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2F9F678F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0FEFE56C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-33-40. Concurrent jurisdiction of judges and magistrates.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0494E62E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The judges of the circuit courts and county courts in this State shall have concurrent jurisdiction with and may exercise all of the duties and powers conferred upon magistrates by any provisions of Chapters 33 through 41 of this Title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D73FD9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="47BD7822" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-5; 1952 Code § 41-5; 1951 (47) 221; 1972 (57) 2538.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1B490B84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="261784EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-33-50. Financial responsibility of tenant for utilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="334316A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Unless otherwise agreed in writing, a tenant has sole financial responsibility for gas, electric, water, sewerage, or garbage services provided to the premises the tenant leases, and a landlord is not liable for a tenant's account.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="389627FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) An entity or utility providing gas, electric, water, sewerage, or garbage services must not:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="39FF574B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(1) require a landlord to execute an agreement to be responsible for all charges billed to premises leased by a tenant; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="13AF86F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) discontinue or refuse to provide services to the premises the tenant leases based on the fact that the landlord refused to execute an agreement to be responsible for all the charges billed to the tenant leasing that premises.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0B39E0F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(C) This provision does not apply to a landlord whose property is a multi-unit building consisting of four or more residential units served by a master meter or single connection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="62283B13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0BD529A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 3A; 2003 Act No. 63, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -999,51 +913,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1480,66 +1394,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>