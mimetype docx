--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -1,709 +1,690 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra2fb26ec416548d2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30ce82aaf0444ac5b8bcb9e53d9d2328.psmdcp" Id="R3364deb7730f4c61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd12100ba3ce64cb6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aea18ed1da5a4708b2cd347aa4cfc933.psmdcp" Id="Rbaf5333d34414d72" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C363FA" w:rsidRDefault="00C363FA" w14:paraId="0DD23B63" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="136ED924" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="481C00F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Banker's Banks</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="01B90F50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="7274DF8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-33-10. "Banker's bank" defined.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="49D3888E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter, "banker's bank" means a bank insured by the Federal Deposit Insurance Corporation or the holding company which owns or controls such an insured bank where the stock of the bank or holding company is owned exclusively by other banks and the bank or holding company and all its subsidiaries are engaged exclusively in providing services for other depository institutions, their officers, directors, and employees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6FAF5CF5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="723DFB81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 46 § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A00F0C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="37C82558" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-33-20. Formation of corporation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="0F4ECD0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>With the approval of the State Board of Financial Institutions, a corporation may be formed under the laws of this State for the purpose of becoming a banker's bank.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="30861B5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="27AE7AFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 46 § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1C1E1AE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="2C736270" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-33-30. Applicability of banking laws and regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="5FB03D32" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A banker's bank chartered pursuant to this chapter is subject to the appropriate banking provisions in Title 34 of the 1976 Code and the regulations thereunder and except as specifically provided in this chapter or by order of the State Board of Financial Institutions, a banker's bank is vested with and subject to the same rights, privileges, duties, restrictions, penalties, liabilities, conditions, and limitations that would apply to a state bank.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C7F2348" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="77F8B2E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 46 § 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="021A5F6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="2BEF7FAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-33-40. Repurchase of capital stock.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="46CD8416" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Notwithstanding any provision of Title 34 of the 1976 Code, a banker's bank may repurchase, for its own account, shares of its own capital stock, but the outstanding capital stock may not be reduced below the minimum required by law without the prior approval of the State Board of Financial Institutions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2283F9FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="40424A95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 46 § 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4EA448D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="462062A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-33-50. Exemption from banking laws.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="6EF58B06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If the State Board of Financial Institutions determines that any provision of Title 34 of the 1976 Code is inconsistent with the purpose for which a banker's bank is organized and that the public welfare or any financial institution would not be jeopardized thereby, it may by regulation exempt a banker's bank from the provision or limit its application.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="68A36EE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="0F779D1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 46 § 5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="32053A95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="0F3F5A3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-33-60. Limitation on investments in banker's banks.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="12C82688" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding any other provision of law, up to fifteen percent of the capital accounts of a bank may be invested in the capital stock of a banker's bank, except that no purchase of stock may result in acquisition of more than five percent of any class of voting securities of the banker's bank.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0B15F6F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="347015E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 46 § 6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -714,51 +695,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1195,66 +1176,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>