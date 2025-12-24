--- v0 (2025-11-02)
+++ v1 (2025-12-24)
@@ -1,406 +1,391 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R219186c93ef34d8e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/99a2b7c7641a464d8522c6bd70157560.psmdcp" Id="R742b417a647746ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R47ed3182e9784ca1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7159889e37ce4a9d8fa58bcb154f028c.psmdcp" Id="Rc93bd73cf1644158" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0A7C60D0" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="02248137" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CHAPTER 33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5337621F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>CHAPTER 33</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>County Fairs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="526E8069" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="65BAB129" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 4-33-10. Authorization for educational exhibits.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="570DEB9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Commissioner of Agriculture, who is the authorized custodian of the State exhibit property, and the Department of Health and Environmental Control shall, whenever application is made to either or both by the officials of county fairs held in the State and upon the guarantee by such officials of all expenses connected with the undertaking, prepare and send to such fairs exhibits of such educational character as will be instructive and beneficial to the people attending the fairs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="23AABF0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2BE603F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 14-651; 1952 Code § 14-651; 1942 Code § 3247; 1932 Code § 3247; Civ. C. '22 § 953; 1915 (29) 93; 1936 (39) 1615; 1941 (42) 119.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6D864621" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="193236E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 4-33-20. Demonstrators shall be assigned to educational exhibits.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="66D56F84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Commissioner of Agriculture and the Department of Health and Environmental Control shall send in charge of these exhibits demonstrators competent to explain fully to visitors at the fairs the educational value of such exhibits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7BF75A5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="08F7984E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 14-652; 1952 Code § 14-652; 1942 Code § 3248; 1932 Code § 3248; Civ. C. '22 § 954; 1915 (29) 93; 1936 (39) 1615; 1941 (42) 119.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1903E69C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4FFFFF93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 4-33-30. Demonstrators may be persons employed for other purposes; expenses.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="610ABD3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Commissioner of Agriculture and the Department of Health and Environmental Control may detail necessary men to this service, though they may be employed and paid for other purposes, and may expend such funds as may be at their command and as may be necessary to prepare and arrange the exhibits contemplated by Section 4-33-10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="46289E3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1DFAE80F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 14-653; 1952 Code § 14-653; 1942 Code § 3249; 1932 Code § 3249; Civ. C. '22 § 955; 1915 (29) 93; 1936 (39) 1615; 1941 (42) 119.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -411,51 +396,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -892,66 +877,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>