--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,4691 +1,5958 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf4661eb6dfad4635" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96ebf0a84b7a47b4868be700d3e91a92.psmdcp" Id="R2275a72426ff4596" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R01ee10bf06a14afd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/655cc7998fc9414791d055337fb32676.psmdcp" Id="Rc4d3111fdeac4223" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00521190" w:rsidRDefault="00521190" w14:paraId="01D37AE7" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3A039A1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7FF8A5C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Rights of Physically Disabled Persons</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="47C3D106" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="73782D25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7203FBEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>In General</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0EAB6879" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0A7C0472" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-10. Declaration of policy.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="18322EE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is the policy of this State to encourage and enable the blind, the visually handicapped, and the otherwise physically disabled to participate fully in the social and economic life of the State and to engage in remunerative employment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="63D04B04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5C3CC49F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 71-300.51; 1972 (57) 2617.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="27745715" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="52803C34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-20. Right of use of public facilities and accommodations of blind, other special need persons, and guide dog trainers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="38D36B1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) The blind, the visually handicapped, and the otherwise physically disabled have the same right as the able-bodied to the full and free use of the streets, highways, sidewalks, walkways, public facilities, and other public places;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="25CFF0E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) The blind, the visually handicapped, and the otherwise physically disabled are entitled to full and equal accommodations, advantages, facilities, and privileges of all common carriers, airplanes, motor vehicles, railroad trains, motor buses, street cars, boats or any other public conveyances or modes of transportation, hotels, lodging places, places of public accommodation, amusement or resort, and other places to which the general public is invited, subject only to the conditions and limitations estab</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>lished by law and applicable alike to all persons;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6CD6BDCB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) Every handicapped person has the right to be accompanied by an assistance dog, especially trained for the purpose, in any of the places listed in item (b) of this section without being required to pay an extra charge for the assistance dog. Each handicapped person is liable for any damage done to the premises or facilities by the dog.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0D236A46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) Every person who is a trainer of an assistance or guide dog, while engaged in the training of an assistance or guide dog, has the same rights and privileges with respect to access to public facilities and accommodations as blind and disabled persons, including the right to be accompanied by an assistance or guide dog or assistance or guide dog in training, in any of the places listed in item (b) of this section without being required to pay an extra charge for the assistance dog. A person who uses prem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ises or facilities accommodations accompanied by a dog under the authority of this item is liable for any damage done to the premises or facilities by the dog.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2F839781" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6C4B9931" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 71-300.52; 1972 (57) 2617; 1983 Act No. 57 § 1; 1987 Act No. 147 § 1, eff June 4, 1987; 2002 Act No. 204, § 1, eff April 10, 2002.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="28DD724D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6CB9F052" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-25. Use of motorized chairs or carts by handicapped on beaches.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5F9B7322" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>For reasons set forth in § 43-33-20, persons who are handicapped and who customarily use motorized wheelchairs or motorized carts for locomotion shall not be prohibited from using such wheelchairs or carts on the strand of the seacoast of this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="300C583B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6F61E600" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1980 Act No. 315.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03DFB2D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7C8B1C94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-30. Duty of driver approaching blind pedestrian; failure of blind pedestrian to carry white cane or use guide dog.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="67DE24C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The driver of a vehicle approaching a totally or partially blind pedestrian who is carrying a cane predominantly white or metallic in color (with or without a red tip) or approaching a handicapped pedestrian using an assistance dog shall take all necessary precautions to avoid injury to the pedestrian. Any driver who fails to take these precautions is liable in damages for any injury caused the pedestrian. A totally or partially blind pedestrian not carrying a cane or a handicapped pedestrian not using an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>assistance dog in any of the places, accommodations, or conveyances listed in § 43-33-20, has all the rights and privileges conferred by law upon other persons. The failure of a totally or partially blind pedestrian to carry a cane or the failure of a handicapped pedestrian to use an assistance dog in any of these places, accommodations, or conveyances does not constitute negligence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2838038F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="239175C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 71-300.53; 1972 (57) 2617; 1983 Act No. 57 § 2; 1987 Act No. 147 § 2, eff June 4, 1987.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="71E415DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5244EE42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-40. Unlawful interference with rights of blind or other physically disabled person.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="128BC1D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) It is unlawful for a person or his agent to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="25703EBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) deny or interfere with admittance to or enjoyment of the public facilities enumerated in Section 43-33-20; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="395BD1F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) interfere with the rights of a totally or partially blind or disabled person under Section 43-33-20.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4680AF2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person who violates the provisions of this section is guilty of a misdemeanor and, upon conviction, must be fined in the discretion of the court or imprisoned not more than three years, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D821B51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2543E117" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 71-300.54; 1972 (57) 2617; 1993 Act No. 184 § 234, eff January 1, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6108BCA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7E9CBC0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-50. White Cane Safety Day.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="32B3CE3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each year, the Governor shall take suitable public notice of October fifteenth as White Cane Safety Day. He shall issue a proclamation in which:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="1D22F266" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(a) he comments upon the significance of the white cane;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="1EFC47F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) he calls upon the citizens of the State to observe the provisions of the White Cane Law and to take precautions necessary to the safety of the disabled;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0A31CBB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) he reminds the citizens of the State of the policies with respect to the disabled herein declared and urges the citizens to cooperate in giving effect to them;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3EDF7502" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) he emphasizes the need of the citizens to be aware of the presence of disabled persons in the community and to keep safe and functional for the disabled the streets, highways, sidewalks, walkways, public buildings, public facilities, other public places, places of public accommodation, amusement and resort, and other places to which the public is invited, and to offer assistance to disabled persons upon appropriate occasions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="52030C3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5EE7C0B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 71-300.55; 1972 (57) 2617.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5882512C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="562CB055" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-60. Policy regarding employment of blind and other physically disabled persons.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6CC9FECB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is the policy of this State that the blind, the visually handicapped, and the otherwise physically disabled shall be employed in the State service, the service of the political subdivisions of the State, in the public schools, and in all other employment supported in whole or in part by public funds on the same terms and conditions as the able-bodied, unless it is shown that the particular disability prevents the performance of the work involved.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="54D2FEFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="399DC754" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 71-300.56; 1972 (57) 2617.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="31D9874C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2EF03DCC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-70. Right of blind and other physically disabled persons to equal access to housing accommodations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2770FC97" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Blind persons, visually handicapped persons, and other physically disabled persons shall be entitled to full and equal access, as other members of the general public, to all housing accommodations offered for rent, lease, or compensation in this State, subject to the conditions and limitations established by law and applicable alike to all persons.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="17B6B5A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) "Housing accommodations" means any real property, or portion thereof, which is used or occupied or is intended, arranged, or designed to be used or occupied, as the home, residence or sleeping place of one or more human beings, but shall not include any accommodations, included within subsection (a) or any single-family residence the occupants of which rent, lease, or furnish for compensation not more than one room therein.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="52D8DC65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) Nothing in this section shall require any person renting, leasing, or providing for compensation real property to modify his property in any way or provide a higher degree of care for a blind person, visually handicapped person, or other physically disabled person than for a person who is not physically disabled.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2886684E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) Every handicapped person who has an assistance dog, or who obtains an assistance dog, is entitled to full and equal access to all housing accommodations provided for in this section. Each handicapped person is not required to pay extra compensation for the dog but is liable for any damage done to the premises by the dog.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FD8899B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="636D5DBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 71-300.57; 1972 (57) 2617; 1983 Act No. 57 § 3; 1987 Act No. 147 § 3, eff June 4, 1987.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F5FEAC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="45C48473" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0E4A1DB2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Discrimination Against the Handicapped in Psychometric Testing Procedures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="521B66C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3A72F9A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-210. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="78D0044D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For the purposes of this article:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="21931F72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">"Handicapped" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>shall mean any person who is visually impaired, legally blind, deaf or hearing-impaired, has a disability of incoordination or palsy resulting from brain, spinal or peripheral nerve damage, has an amputation of upper extremities, or is otherwise disabled in such a way as to interfere with his ability to use written or visual material.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2FAAAE47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">"Visually impaired" shall mean any person with a visual acuity not exceeding </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>⁄</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>⁄</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>200</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> in his better eye with correcting lenses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6915CA67" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">"Legally blind" shall mean any person with a visual acuity not exceeding </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>⁄</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>200</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> in his better eye with correcting lenses, or with a limitation in the field of vision such that the widest diameter of his visual field subtends an angle not greater than twenty degrees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2C5554F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>"Test" shall mean any written psychometric instrument designed to measure the aptitude, achievement or intelligence of a person being screened for employment or promotion.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="002D9961" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>"Agency" shall mean any State agency, department or institution.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="23E681B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="47570D0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1976 Act No. 662 § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="640681CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="484170BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-220. Nondiscrimination in psychometric testing by State agencies; technical assistance to agencies; special assistance or procedures for handicapped persons.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="45CF2EA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The provisions of this article shall apply to any State agency which utilizes psychometric tests in its personnel procedures. Any such agency shall administer test materials in such manner, form and procedure as will prevent discrimination to persons with physical handicaps as provided for in this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7D8E270B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In all instances where needed, agencies shall secure appropriate technical assistance to administer their test materials. Technical assistance shall be provided, where possible, by appropriate State agencies, professional organizations who work with the physically handicapped and other interested private or public groups and organizations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4114DFFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It shall be the responsibility of the handicapped person to make known his needs for special assistance or procedures to the agency in advance of his test.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="45AD091A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="654871B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1976 Act No. 662 § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C64B538" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="75BBD9D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-230. Complaints.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4AD4CBC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Any applicant for employment or promotion may personally, or by his representative, file a written complaint of alleged violations of the provisions of this article with the agency concerned within ninety days of the alleged violations. The agency shall make a decision concerning the complaint and shall take such action as may be warranted within thirty days. If the agency and the complainant are unable to reach a satisfactory agreement, the complainant shall be informed of his right to appeal. The appeal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>shall be through the established grievance procedures in the case of permanent employees or to the State Personnel Division in the case of applicants for employment or those employees not on permanent status.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3AF542DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="1E6B4111" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1976 Act No. 662 § 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3DA5213F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="57025BED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2662C677" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Protection and Advocacy for People with Disabilities, Inc.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="01DA3618" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="71B3FDBA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="094950EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2B577349" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, the title of this article was changed from "South Carolina Protection and Advocacy System for the Handicapped" to "Protection and Advocacy for People with Disabilities, Inc." to conform the title with amendments made by 2017 Act No. 52.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="79409F59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="498DBD8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-310. Legislative findings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0D45507C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The General Assembly finds that by executive order in 1977 the Governor designated an eleemosynary corporation now known as "Protection and Advocacy for People with Disabilities, Inc.", as the organization to perform the function of advocate for citizens with developmental disabilities as required by Section 113 of Public Law 94-103, as amended, and that organization has been performing that function and has qualified for certain assistance under Section 113 of Public Law 94-103, as amended.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="40DA1991" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">It is the purpose of this act to permanently establish as advocate under Section 113 of Public Law 94-103, as amended, an eleemosynary corporation now known as "Protection and Advocacy for People with Disabilities, Inc." It is the further purpose of this act to express the desire of the General Assembly that Protection and Advocacy for People with Disabilities, Inc. exercise protection and advocacy functions not only for the citizens of South Carolina with developmental disabilities but also for all other </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>citizens of the State with disabilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="41E4A7C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2D717A7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1979 Act No. 48 § 1; 2017 Act No. 52 (S.325), § 1, eff May 19, 2017.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="68E91049" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6D3BC22F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1993 Act No. 181 § 1612, eff July 1, 1993, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="62327FB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 1612. Nothing in this act shall affect the independent status or location of the South Carolina Protection and Advocacy System for the Handicapped established pursuant to Article 5, Chapter 33 of Title 43."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="511F7F25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 52, §§ 10 to 12, provide as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="21901878" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 10. The Governor shall take all actions necessary pursuant to 29 U.S.C. Section 732 to designate Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc., as the South Carolina administrator of the Client Assistance Program.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="349AF2A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 11. Authorized appropriations and the assets and liabilities of the Client Assistance Program are transferred to and become part of Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4A6EF3D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 12. This act takes effect upon approval by the Governor. Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc., shall administer the Client Assistance Program upon the completion of all necessary filings with the federal government."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="758C7506" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3E733CC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 52, § 1, rewrote the section, revising the legislative findings to reflect the change of Advocacy for Handicapped Citizens, Inc.'s name to Protection and Advocacy for People with Disabilities, Inc.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4C17B9D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2D813502" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-320. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D8A62DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5EDE3DAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Transfer of functions from Advocacy for the Handicapped Citizens, Inc. to South Carolina Protection and Advocacy System for the Handicapped, Inc., had the following history: 1979 Act No. 48 § 2; 2005 Act No. 164, § 21, eff June 10, 2005. Repealed by 2017 Act No. 52, § 9, eff May 19, 2017.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="57963F3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="73CB0ACE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-330. Appointment of board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="23B8DD18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Protection and Advocacy for People with Disabilities, Inc. is governed by a board consisting of a minimum of twelve members and a maximum of sixteen members. Four members must be appointed by the Governor, one member from each of the system's four regions. Eight members must be elected by the board upon recommendation by the system's nominating committee which shall consult with advocacy groups of the State representing persons with disabilities. Members shall serve for terms of four years and until their </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>successors are appointed and qualify. Vacancies must be filled in the original manner for the unexpired portion of the term. A vacancy must be filled not later than sixty days after the date on which the vacancy occurs. Up to four members who serve as chair of advisory councils or committees to the system may be elected by the board to serve ex officio as considered appropriate to the needs of the system or as mandated by law. No appointed board member may serve more than two successive four-year terms.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="43346755" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The board may change its corporate name in the same manner as any other nonprofit corporation, and if the board changes its corporate name, the powers and duties of Protection and Advocacy for People with Disabilities, Inc. are considered to be the powers and duties of the successor nonprofit corporation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4A3B439F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5741B46B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1979 Act No. 48 § 3; 1989 Act No. 145, § 1, eff June 5, 1989; 1991 Act No. 52, § 1, eff May 27, 1991; 1996 Act No. 251, § 1, eff April 1, 1996; 2017 Act No. 52 (S.325), § 2, eff May 19, 2017.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="08265AE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="703666C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 52, §§ 10 to 12, provide as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7B5E52F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 10. The Governor shall take all actions necessary pursuant to 29 U.S.C. Section 732 to designate Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc., as the South Carolina administrator of the Client Assistance Program.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="06965833" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 11. Authorized appropriations and the assets and liabilities of the Client Assistance Program are transferred to and become part of Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7C0A2F41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 12. This act takes effect upon approval by the Governor. Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc., shall administer the Client Assistance Program upon the completion of all necessary filings with the federal government."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3D68A5C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="40543027" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 52, § 2, substituted "Protection and Advocacy for People with Disabilities, Inc." for "South Carolina Protection and Advocacy System for the Handicapped, Inc." in two places; in the third sentence, substituted "disabilities" for "handicaps"; and made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3C4341A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5E9E46D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-340. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="21D1F721" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this article, unless the context requires otherwise:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="634651F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "System" means Protection and Advocacy for People with Disabilities, Inc.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="356020F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Developmental disability" means a severe, chronic disability of a person which:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="65E0D020" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) is attributable to a mental or physical impairment or combination of mental and physical impairments;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="55700FEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) is manifested before the person attains age twenty-two;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="1DEEDF51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) is likely to continue indefinitely;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4360087D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(d) results in substantial functional limitations in three or more of the following areas of major life activity: (i) self-care, (ii) receptive and expressive language, (iii) learning, (iv) mobility, (v) self-direction, (vi) capacity for independent living, and (vii) economic sufficiency;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="58CDCAD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) reflects the person's need for a combination and sequence of special, interdisciplinary or generic services, individualized supports, or other forms of assistance that are of lifelong or extended duration and are individually planned and coordinated.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="33B2DD15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Person with a developmental disability" means a person who has a developmental disability and who receives or is entitled to receive a combination and sequence of special, interdisciplinary or generic services, individualized supports, or other forms of assistance that are of lifelong or extended duration and are individually planned and coordinated within the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="554ED1B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Person with a disability" means a person defined by Section 2-7-35.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="123B5E81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(5) "Complaint" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means an oral or written allegation by a person with a developmental or other disability, the parent or legal guardian of such person, a state agency or any other responsible person to the effect that the person with a developmental or other disability is being subjected to injury or deprivation with regard to his health, safety, welfare, rights or level of care.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4A3E10A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Abuse" means the definition defined by Section 43-30-20.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3E0D3DA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Threatened abuse" means the definition defined by Section 43-30-20.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="425842C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "Ombudsman" means the office provided for pursuant to Section 43-38-10, et seq.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="43E78FAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3A67CD4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1979 Act No. 48, § 4; 1980 Act No. 465; 1993 Act No. 110, § 7, eff three months after June 11, 1993; 2017 Act No. 52 (S.325), § 3, eff May 19, 2017.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="075542A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4CE0E9E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 52, §§ 10 to 12, provide as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4A05D4A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 10. The Governor shall take all actions necessary pursuant to 29 U.S.C. Section 732 to designate Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc., as the South Carolina administrator of the Client Assistance Program.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="69533B7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 11. Authorized appropriations and the assets and liabilities of the Client Assistance Program are transferred to and become part of Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="19252033" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 12. This act takes effect upon approval by the Governor. Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc., shall administer the Client Assistance Program upon the completion of all necessary filings with the federal government."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2045DBD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="58B9F628" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 52, § 3, in (1), substituted "Protection and Advocacy for People with Disabilities, Inc." for "the South Carolina Protection and Advocacy System for the Handicapped, Inc."; in (2)(e), substituted "services, individualized supports, or other forms of assistance that" for "care, treatment or other services which"; in (3), substituted "Person with a developmental disability" for "Developmentally disabled person" and "a combination and sequence of special, interdisciplinary or generic services, ind</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ividualized supports, or other forms of assistance that are of lifelong or extended duration and are individually planned and coordinated" for "treatment. services or habilitation"; in (4), substituted "Person with a disability" for "Handicapped person"; in (5), substituted "person with a developmental or other disability" for "developmentally disabled or handicapped person" twice; and made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D0069CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7E3DB60E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-350. Powers and duties of System.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="02A9B1B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The system has the following powers and duties:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3882ACDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(1) It shall protect and advocate for the rights of all persons with a developmental or other disability, including the requirements of Section 113 of Public Law 94-103, Section 105 of Public Law 99-319, and Section 112 of Public Law 98-221, all as amended, and for the rights of other persons with disabilities by pursuing legal, administrative, and other appropriate remedies to insure the protection of the rights of these persons.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0BA13408" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) It may investigate complaints by or on behalf of any person with a developmental or other disability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="1305660B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) It may establish a priority for the delivery of protection and advocacy services according to the type, severity, and number of disabilities of the person making a complaint or on whose behalf a complaint has been made.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="29D929EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) It may conduct team advocacy inspections of a facility providing residence to a person with a developmental or other disability. Inspections must be completed by the system's staff and trained volunteers. Team advocacy inspections are unannounced visits to review the living conditions of a residential facility, including the plans of care for individuals in a residential care facility and a community mental health center day program. Only the coordinator of the team advocacy project or the coordinator'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>s designee is authorized to perform reviews of plans of care. The system shall prepare a report based on the inspection which must be submitted to the South Carolina Department of Health and Environmental Control and Office of Mental Health.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5EE9A991" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(5) It shall administer the Client Assistance Program, as established pursuant to 29 U.S.C. Section 732.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0770455F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="265B4232" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1979 Act No. 48, § 5; 1980 Act No. 465; 1988 Act No. 631, eff June 2, 1988; 1990 Act No. 381, § 1, eff March 19, 1990; 1993 Act No. 133, § 1, eff June 14, 1993; 2017 Act No. 52 (S.325), § 4, eff May 19, 2017.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4E059099" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="39812F66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="50176B3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="285CDF16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 52, §§ 10 to 12, provide as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0125A730" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 10. The Governor shall take all actions necessary pursuant to 29 U.S.C. Section 732 to designate Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc., as the South Carolina administrator of the Client Assistance Program.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="221AC6B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 11. Authorized appropriations and the assets and liabilities of the Client Assistance Program are transferred to and become part of Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7975C6DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 12. This act takes effect upon approval by the Governor. Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc., shall administer the Client Assistance Program upon the completion of all necessary filings with the federal government."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="457E9093" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3959DA54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 52, § 4, in (1), substituted "persons with a developmental or other disability" for "developmentally disabled person" and "with disabilities" for "handicapped"; in (2), substituted "person with a developmental or other disability" for "developmentally disabled or handicapped person"; in (3), substituted "disabilities" for "handicapping conditions"; in (4), substituted "person with a developmental or other disability" for "developmentally disabled or handicapped person", deleted the fifth senten</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ce, which had provided that a designee must meet criteria developed by the Joint Legislative Committee on Mental Health and Mental Retardation, and deleted reference to the Joint Legislative Committee on Mental Health and Mental Retardation in the last sentence; added (5); and made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="33B9BB65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7C8E51E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-360. Interview of complainant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="738B8D8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Upon the receipt of a complaint, the System may interview the person making the complaint or the person on whose behalf the complaint is made.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0750156E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="30167B9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1979 Act No. 48, § 6; 1980 Act No. 465.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="378E8568" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3C3AEA6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-370. Authority of system upon receipt of written request to investigate complaint.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="1B1FA0F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Upon (A) the receipt of a written request to investigate a complaint that has been signed by a person with a developmental or other disability, his parent, legal guardian, any relative or a state agency; or upon (B) the receipt of a complaint of abuse or threatened abuse to a person with a developmental or other disability who is not capable of giving informed consent for the system to investigate the complaint and who does not have a parent or legal guardian to sign a written request to investigate the co</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>mplaint, the system may:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0A338A3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Interview any member of the staff of the program or facility which is providing or did provide treatment, services or habilitation to the person making the complaint or on whose behalf the complaint is made.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5C14E4E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Inspect and copy any documents, records, files, books, charts or other writings which are maintained in the regular course of business by the program or facility and which bear upon the subject matter of the individual complaint, except for the individual medical, treatment or other personal records of other persons in the program or facility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="26760A42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Request the assistance of any rights protection or advocacy services provided by the program or facility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="071A867D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Refer a complaint to the ombudsman, law enforcement agencies or any other public or private programs or facilities, as it deems appropriate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="486C20D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6AF70F4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1979 Act No. 48, § 7; 1980 Act No. 465; 2017 Act No. 52 (S.325), § 5, eff May 19, 2017.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5939B09B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0FD65E15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 52, §§ 10 to 12, provide as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7822F6BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 10. The Governor shall take all actions necessary pursuant to 29 U.S.C. Section 732 to designate Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc., as the South Carolina administrator of the Client Assistance Program.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="07051D76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 11. Authorized appropriations and the assets and liabilities of the Client Assistance Program are transferred to and become part of Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6D44F47E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 12. This act takes effect upon approval by the Governor. Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc., shall administer the Client Assistance Program upon the completion of all necessary filings with the federal government."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0705EC46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="59344ED7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 52, § 5, in the first paragraph, substituted "person with a developmental or other disability" for "developmentally disabled or handicapped person" twice, and substituted "system" for "System" twice.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="71F317C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2CBCC725" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-380. Information not to be disclosed unless authorized in writing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="76CF2B2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The system shall not disclose the name or identity of any person, complainant, witness or subject of a complaint or any information or writing relating thereto unless the person or his parent or legal guardian authorizes in writing the release of such information but the system may make such disclosures as may be necessary to protect or advocate for the rights of the concerned person with a developmental or other disability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0C04A516" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5C6465F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1979 Act No. 48 § 8; 1980 Act No. 465; 2017 Act No. 52 (S.325), § 6, eff May 19, 2017.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5A346399" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="00016F45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 52, §§ 10 to 12, provide as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="76822EAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 10. The Governor shall take all actions necessary pursuant to 29 U.S.C. Section 732 to designate Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc., as the South Carolina administrator of the Client Assistance Program.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="046B637B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 11. Authorized appropriations and the assets and liabilities of the Client Assistance Program are transferred to and become part of Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="23A34159" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 12. This act takes effect upon approval by the Governor. Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc., shall administer the Client Assistance Program upon the completion of all necessary filings with the federal government."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4789BD73" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="50A7E507" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 52, § 6, substituted "concerned person with a developmental or other disability" for "developmentally disabled or handicapped person concerned" and made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="13D8EF5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="40B620AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-390. Immunity from civil and criminal liability for persons providing information in good faith.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5949717D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any person providing information to the System or who participates in judicial proceedings resulting therefrom, acting in good faith, shall be immune from civil and criminal liability which might otherwise result by reason of such actions. In all such civil or criminal proceedings good faith shall be rebuttably presumed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B03EC5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="628293D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1979 Act No. 48 § 9; 1980 Act No. 465.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1BFC87B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6ED5D0D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-400. Cooperation with departments, officers, agencies, and institutions; requests for system to provide protection and advocacy services; inspection and copying of records.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0109D0D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All departments, officers, agencies and institutions of the State shall cooperate with the system in carrying out its duties. Notwithstanding any other provision of law, all departments, officers, agencies and institutions of the State may, on the behalf of a person with a developmental or other disability, request the system to provide protection and advocacy services. Notwithstanding any other provision of law, any program or facility shall permit the system to inspect and copy any record or documents pr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ovided for in Section 43-33-370(2).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D073F4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="422E31CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1979 Act No. 48 § 10; 1980 Act No. 465; 2017 Act No. 52 (S.325), § 7, eff May 19, 2017.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="456704C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="1E2D5237" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 52, §§ 10 to 12, provide as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7D9124C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 10. The Governor shall take all actions necessary pursuant to 29 U.S.C. Section 732 to designate Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc., as the South Carolina administrator of the Client Assistance Program.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="49E1AB95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 11. Authorized appropriations and the assets and liabilities of the Client Assistance Program are transferred to and become part of Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="10BAA2B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 12. This act takes effect upon approval by the Governor. Protection and Advocacy for People with Disabilities, Inc., formerly known as the South Carolina Protection and Advocacy System for the Handicapped, Inc., shall administer the Client Assistance Program upon the completion of all necessary filings with the federal government."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0EC549B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="1B6DB74D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 52, § 7, substituted "person with a developmental or other disability" for "developmentally disabled or handicapped person", inserted "Section", and made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7FDCF26E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3BB8B0BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="1FF2777E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Bill of Rights for Handicapped Persons</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3B8F842A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4E2EE79C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-510. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5C50AAF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>This article may be cited as the South Carolina Bill of Rights for Handicapped Persons.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="40693844" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="64A220F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1983 Act No. 124 § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1F32A2C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6187F2B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-520. Guaranteed opportunities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="36AAD805" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The opportunity to obtain housing, full and equal use of public accommodations, public services, and to make use of educational facilities without discrimination because of a handicap is guaranteed by this article and is a civil right.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="77B3946E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="434A44CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1983 Act No. 124 § 2; 1996 Act No. 426, § 8, eff June 18, 1996.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D53E27B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="09560462" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-530. Discrimination prohibited without reasonable justification.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="16FDE89F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No person may discriminate against a handicapped person with respect to public accommodations, public services, or housing without reasonable justification. No protection or right of access provided by law for handicapped persons is reduced or eliminated by the provisions of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0F7F8B28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5333EFC2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1983 Act No. 124 § 3; 1996 Act No. 426, § 9, eff June 18, 1996.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4DCFEA6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2D3724FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-540. Injunctive relief or civil damages for persons discriminated against.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7C26FF2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A handicapped person aggrieved by the discrimination prohibited by this article has the right to seek injunctive relief or civil damages, not to exceed five thousand dollars actual damages, plus his attorney's fee and costs, in the court of common pleas.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7E7365E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="091DF4FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1983 Act No. 124 § 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1F07D70B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="69BF6432" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-560. Handicap, handicapped, and mental impairment defined.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="261ED861" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding Section 2-7-35, "handicap" and "handicapped" as used in this article mean a substantial physical or mental impairment, whether congenital or acquired by accident, injury, or disease, where the impairment is verified by medical findings and appears reasonably certain to continue throughout the lifetime of the individual without substantial improvement. This does not include an individual who is an alcohol, drug, narcotic, or other substance abuser or who is only regarded as being handicapped</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>. The term "mental impairment" does not include mental illness.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4BE8DAA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="18F69B8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1983 Act No. 124 § 6; 1996 Act No. 426, § 10, eff June 18, 1996.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="310D2943" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="44AB55ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-33-570. Reasonable justification defined.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...56 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4BFDA71B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">For purposes of this article, "reasonable justification" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>in the context of housing and public services must be determined in light of the following factors, among others: (1) safety; (2) efficiency; and (3) cost.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0487C294" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="07E77BB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1983 Act No. 124 § 7; 1996 Act No. 426, § 11, eff June 18, 1996.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -4696,51 +5963,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -5177,66 +6444,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>