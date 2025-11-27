--- v0 (2025-10-09)
+++ v1 (2025-11-27)
@@ -1,1747 +1,1602 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7e4047efada64bf6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc55f109b71f4a06afb62aac823a58b8.psmdcp" Id="Re872efb4e57c41d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbf657eb5d917423a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93912b30750c4192a7ada3f93627cfaa.psmdcp" Id="Rd6a29e47e91945fe" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007449D4" w:rsidRDefault="007449D4" w14:paraId="050AB80A" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="532ABBB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="6D95D5A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Lake Paul A. Wallace Authority</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="4A76B652" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="30DCE059" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 49-33-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="3C9BFE91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter, unless the context otherwise requires:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="4FAFF694" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Authority" means the Lake Paul A. Wallace Authority, a body corporate and politic created to receive, manage, maintain, and operate the property known as Lake Paul A. Wallace located in Marlboro County.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="110126E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Department" means the Department of Natural Resources.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="222271E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Lake" means Lake Paul A. Wallace.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="287D8F9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="773EF1ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 229, § 1, eff July 1, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4405FF5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="157973DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 49-33-20. Creation of Lake Paul A. Wallace Authority; functions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="0CA39EBC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) There is hereby created a body corporate and politic to be known as the "Lake Paul A. Wallace Authority".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="1ACD84E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The function of the authority is to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="6CEB554D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) be the body politic and corporate to manage, maintain, and operate the Lake Paul A. Wallace;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="5F722BD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) ensure that the primary purpose of the lake is for public fishing and recreation in compliance with the federal law under which the lake was established; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="497C41FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) provide that the wildlife habitat remain a protected area as long as this function does not contravene with the provisions contained in item (1) of this subsection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5AAB3F3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="702FC1C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 229, § 1, eff July 1, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B2859AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="54CC023E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 49-33-30. Membership of authority.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="73C48683" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The authority shall be composed of seven members appointed by the Marlboro County Legislative Delegation, as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="4805EC7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) two members nominated by the city council of Bennettsville;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="01D98B35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) two members nominated by the county council of Marlboro County; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="55672E15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) three members at large who reside near or have a demonstrable history of recreational use of Lake Paul A. Wallace.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="31231B1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The members shall serve for terms of four years, except that of the members first appointed, one nominated by city council, one nominated by county council, and one at-large member will serve for terms of two years for their initial appointment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="707B8682" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(C) One of the at-large members must be designated by the Marlboro County Legislative Delegation to serve as the chairman of the authority.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="3A158FD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A vacancy must be filled in the same manner as the appointment for the vacant position is made, and the successor appointed to fill the vacancy shall hold office for the remainder of the unexpired term.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="70CD5544" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The following shall serve ex officio as a nonvoting member: the Director of the Department of Natural Resources or his designee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="05BBC8C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="4143C938" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 229, § 1, eff July 1, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CDD7A17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="37794799" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 49-33-40. Per diem and mileage.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="63C0C047" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(A) The members of the authority, at the discretion of the city, county, or authority may receive such per diem and mileage as is provided by law for members of boards, commissions, and committees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="5B7CCB4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The city council of Bennettsville, the county council of Marlboro, and the authority may provide the per diem, mileage, and staff for the authority.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="10CAA26A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="7431B228" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 229, § 1, eff July 1, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3E59AE8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="6253E3DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 49-33-50. Convening the authority.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="4C5FE644" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The authority shall convene upon the call of the chairman and organize by electing a vice chairman, a secretary, and a treasurer, whose terms of office shall be for such period as the authority shall determine in its bylaws.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="452288BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="4241B528" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 229, § 1, eff July 1, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="37071928" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="480785F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 49-33-60. Filing of certificates.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="11163983" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The secretary of the authority shall file in the offices of the clerk of court for Marlboro County and the Secretary of State appropriate certificates, showing the personnel of the authority and the duration of the terms of the respective members.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="10A718EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="37B8BF2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 229, § 1, eff July 1, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="69B15A98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="0BD6300C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 49-33-70. Powers of authority.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="11356E3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The authority has the following powers to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="7DAEC233" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) have perpetual succession;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="497A9D5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) sue and be sued;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="5DA469CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) adopt, use, and alter a corporate seal;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="5B6A7EBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(4) define a quorum for its meetings;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="53F0BDA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) maintain a principal office, which shall be located in Bennettsville;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="3AD2C786" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) make bylaws for the management and regulation of its affairs;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="2668E9E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) acquire, hold, and manage real estate;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="0E7FCD87" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) make contracts of all sorts and to execute all instruments necessary or convenient for the carrying on of the business of the authority; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="47A82C9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) do all other acts and things necessary or convenient to carry out any function or power committed or granted to the authority.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5DAD908A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="666835F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 229, § 1, eff July 1, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="05B336A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="42F93FA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 49-33-80. Authority empowered to receive and spend funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="52C0836D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The authority is empowered to receive and spend any funding available through (1) the department, (2) the municipal, county, state, or federal government, or (3) any other source in order to finance the management, maintenance, and operation of the lake that is in compliance with federal and state law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="56CACD15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="4E1C7A90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 229, § 1, eff July 1, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00000000">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -1758,51 +1613,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2239,66 +2094,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>