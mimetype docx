--- v0 (2025-10-18)
+++ v1 (2025-12-12)
@@ -1,4248 +1,4110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re94231dd87234c8d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b7bbd6c5610d4767b57cb16c894f3c13.psmdcp" Id="R2c5dbe026778479a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R03d50c88a99644e2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/498a682dfd6442c5bb8c03b2c153a29b.psmdcp" Id="R7bb0d06e327e4d78" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00833E56" w:rsidRDefault="00833E56" w14:paraId="36824959" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="295CF005" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2277A7EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Special Education for Handicapped Children</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3EAF0E29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7204A659" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1138B0BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>General Provisions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3B0F99D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2D03DC13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-10. Legislative findings; declaration of purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3BC86232" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The General Assembly finds that it is necessary and proper to provide an appropriate education for all handicapped children and youth enrolled in public schools or eligible for enrollment therein. It further finds that this purpose can best be accomplished through implementation of an intensive five-year plan to expand and improve existing programs for exceptional children in the public schools. The purpose of this article is to provide for the mandatory establishment of educational and training services a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nd facilities for handicapped children in the public schools, between the ages designated in Section 59-63-20, who cannot be trained adequately without special educational facilities and services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="44995246" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="41AE052E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 21-295.10; 1972 (57) 2130.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="64CFBDCD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3A0ACCE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2FCB0BD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this article:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="28C336BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) "Handicapped children" shall mean those who deviate from the normal either psychologically or physiologically to such an extent that special classes, special facilities, or special services are needed for their maximum development, including educable mentally handicapped, trainable mentally handicapped, emotionally handicapped, hearing handicapped, visually handicapped, orthopedically handicapped, speech handicapped, and those handicapped by learning disabilities as defined in item (1), Section 59-21-5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6FB71350" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) "Professional workers" shall mean personnel certified and approved by the Department of Education and shall include, but not be limited to, speech and hearing specialists, mobility instructors, special education interns, special education administrators, supervisors or coordinators devoting full time to special education, and teachers of any class or program defined in this article who meet the requirements of the article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6A060B2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) "Special education services" shall mean, but not be limited to, special classes, special housing, homebound instruction, special rental facilities, braillists and typists for visually handicapped children, transportation, maintenance, instructional materials, therapy, professional consultant services, psychological services, itinerant services and resource services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03F5C0C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6F7531E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 21-295.12; 1972 (57) 2130.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="45609C5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="55D7F73F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-30. Specialized education program for handicapped children; rules and regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="28D4A6A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State Board of Education shall establish a program of specialized education for all handicapped children in this State utilizing the personnel and facilities of, and administered by, the State Department of Education under the direction of the State Superintendent of Education and shall further prescribe standards and approve the procedures under which the facilities are furnished and services provided. The Board shall establish screening, evaluating and placement procedures for handicapped students wh</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>o will participate in the programs established under this article and shall determine certification requirements for teachers, minimum room size standards and standards for other equipment and materials used in such programs. To carry out the provisions of this article the Board may promulgate such rules and regulations, not inconsistent with law as it shall deem necessary and proper.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="175D7183" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="015DBFCD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 21-295.11; 1972 (57) 2130.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1E18A93D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>§ 59-33-40. Surveys and educational plans of school districts; annual reports</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="207D313D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each school district individually or in combination with other school districts shall conduct a survey of the educational needs of all handicapped children within its jurisdiction and, with the assistance of the State Department of Education, devise an educational plan for the children concerned. This plan shall provide instruction through the use of resource rooms, crisis teachers, itinerant teachers, diagnostic/prescriptive teachers, self-contained classes, or other models approved by the State Departmen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>t of Education. The plan shall be presented to the Department for approval within one year after February 14, 1972. An annual report shall be made by each district to the Department to indicate the extent to which the plan has been implemented and to report additional planning.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="65355F16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 21-295.13; 1972 (57) 2130.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1CC5570D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="04FDD74B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-50. District programs; contracts between districts; special arrangements for multiple-handicapped children.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7EB2636C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The board of trustees of each school district shall, upon approval of its district's plan by the State Department of Education, establish and operate a program which will insure an appropriate education for each handicapped child resident within the district and shall maintain adequate records of the training and services provided and the children participating in the program. When a school district cannot satisfy the requirements of this section by providing for the education of its resident handicapped c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>hildren because of insufficient numbers, the district may contract with other districts within the State or school systems or public or private institutions or agencies within or without the State which maintain approved special educational facilities; provided, that such institutions or agencies shall accept applicable children into the program regardless of color, race, sex, or religion. The sending district must document this lack of numbers and receive prior approval from the State Department of Educati</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>on. The sending district may contract and pay the receiving district or institution the per capita cost of instruction, special equipment and special services not reimbursed to the receiving district by State, Federal and other moneys plus the cost of transportation and of maintenance if the nonresident children must reside away from their homes. The district which enters into such nonresident contract arrangements, which are approved by the State Department of Education, shall be reimbursed by the departme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nt for tuition, fees, transportation and books, not to exceed the per pupil cost of educating a handicapped child of identical age in the public schools. Special arrangements for multiple-handicapped children for whom special appropriations are provided because of the severity of their handicaps may be made with the Department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0A4ACF3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5098BF1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 21-295.14; 1972 (57) 2130; 1973 (58) 1862.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C6423EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="43F2A4A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-60. Cooperation with other agencies; acceptance of donations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="54020375" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>District and State educational agencies are required to cooperate with other agencies within the State, both public and private, interested in working toward the education, training and alleviation of the handicaps of handicapped children, and all such agencies are authorized to accept gifts or donations from such private agencies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2F56CB18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="225FAB5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 21-295.15; 1972 (57) 2130.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="50F7B715" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7485BD21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-70. Funding; article is supplementary.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0C6E0386" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The General Assembly shall appropriate funds to implement the provisions of this article with initial funding for planning and organizing to begin with the fiscal year 1972-1973. Costs for all programs for handicapped children shall be shared with the school districts on the same basis that education costs are currently provided for such children attending the public schools. The provisions of this article are supplementary to all existing programs for the education of handicapped children.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6578B409" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="14288D77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 21-295.16; 1972 (57) 2130.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D9E9E8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1CC06853" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-80. Legislative declaration of policy as to residential and nonresidential programs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0CAB4AE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The General Assembly declares that the public policy of this State is to provide, when feasible, the resources, assistance, coordination, and support necessary to enable the handicapped person to receive an education within the context of his home and community. Where individuals have previously been placed in residential treatment centers it is recognized that the services and programs to be provided under this article will offer new resources for the care and training of such individuals at home. The gov</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>erning agencies of such residential programs are encouraged to investigate the resources to be provided by this article and, where appropriate, work closely with the family, guardian, or other responsible agent to effect the meaningful return of institutionalized persons to the more normal environment of their homes and communities. At the same time, the General Assembly directs responsible agencies administering residential programs not to view this article as reason for the indiscriminate return home of c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>urrent institutional residents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5FA3931A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>In no instance shall the governing agency of such residential center return a person to his home without the advance, written consent of his parent, guardian, or other responsible party.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5D791F4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>However, where the parent, guardian, or other responsible party shall oppose the recommendation of the agency administering the residential program to return the individual to his home, the agency, based upon professional judgment, may place the individual in other nonresidential programs such as foster homes, community residences, halfway residences, or other similar services designed to promote the growth and development of the handicapped individual.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5618FA46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="605F5AD0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 21-295.17; 1972 (57) 2130.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="461EF730" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="183FD925" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-90. Subpoena power of hearing officers; placement of handicapped children in alternative programs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="513CF130" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding any other provision of law:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4ADA7490" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Duly appointed hearing officers of local school districts and other state operated programs shall have the power of subpoena consistent with the requirements and regulations of Public Law 94-142.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3D5144DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Regarding handicapped children placed in alternative programs for non-educational reasons:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6404FD5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) No agency of the State shall place handicapped children of lawful school age in residential, institutional or foster home settings without insuring that such children shall have available to them a free and appropriate public education in conformance with the provisions of Public Law 94-142.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2E33F7A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) In placing children determined to be handicapped by State Board of Education regulations, state agencies must procure, except in emergency situations, advance approval by the State Department of Education. The Department shall insure that an appropriate Individual Education Plan shall be developed by the pupil's home school district and that the proposed educational placement meets all the provisions of Public Law 94-142.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2D177645" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Regarding handicapped children placed in other programs for educational reasons, when local school districts must place handicapped children of lawful school age in programs external to the child's home district for educational reasons, the district making the placement shall insure that such placement shall be at no cost to parent or child including room, board, education and related services and non-medical care.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C0757FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="31E38364" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1980 Act No. 482, § 2B-D.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="19680F90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5C3C997C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-100. Special education for emotionally handicapped pupils.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="27D2A421" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>In addition to those services currently provided to "emotionally handicapped pupils" as those pupils are defined in subsection (4) of Section 59-21-510, the State Department of Education shall contract with the Continuum of Care Policy Council to provide services approved by the State Board of Education to enable "emotionally handicapped pupils" to benefit from special education.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="508AF6E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="39703A54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 512, Part II, § 9, Division II, Subdivision A, SubPart 6, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="78DA09C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1B9F3C09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-110. Mediation as part of due process provision.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...55 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7584A0D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The State Board of Education shall establish a mediation process as a part of the "due process" provision required in accordance with Public Law 94-142. If all parties agree, mediation will be used before any due process hearings required by Public Law 94-142 or at any time during the due process procedures. During discussions of the mediation process with parents, it must be clearly stated that the right of the parents or the school district to due process is in no way compromised by agreeing to mediation </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and that neither parents nor the school district are bound by the outcomes of mediation. The mediation process must be developed by July 1, 1994, and implemented during the 1994-95 school year.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47B818E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0AD89679" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 86, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6378BA6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7D82AED3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-120. Regulations; background checks.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...60 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4FA39DF5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In consultation with relevant stakeholders including, but not limited to, the South Carolina Association of the Deaf and the South Carolina Registry of Interpreters for the Deaf, the State Board of Education shall develop and promulgate regulations for the appropriate credentialing of sign language interpreters in the public and special schools of this State. Interpreters for the deaf working in schools and school districts in this State must be required to submit the same background checks as educators pu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rsuant to Section 59-25-115.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="22C572C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="75A243ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 188 (H.3795), § 3, eff January 1, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="21687311" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="218678AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3B1CDD3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Adult Students with Disabilities Educational Rights Consent Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5E54798F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="20E3F49A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-310. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="701E6472" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as the "Adult Students with Disabilities Educational Rights Consent Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B622201" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="11FC9046" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2016 Act No. 242 (H.5021), § 1, eff June 5, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="22640633" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="24D91EFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-320. Transfer of rights to eligible adult student.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="62B84C30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>When a student who is eligible for special education under the Individuals with Disabilities Education Act "IDEA", 20 U.S.C. Section 1411, et seq., reaches age eighteen or is emancipated by a court of competent jurisdiction, all rights accorded to the student's parents under this article transfer to the student except as provided in Sections 59-33-330 and 59-33-340. Nothing in this article may be construed to deny an adult student eligible for special education the right to have an adult of his choice supp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ort the student in making decisions regarding the student's individualized education program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="10C9185C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="447E28E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2016 Act No. 242 (H.5021), § 1, eff June 5, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1EF4AD1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="178C14BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-330. Delegation of right to make educational decisions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...22 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="561E8BE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>An adult student who is eligible for special education, who has not been determined to be incapacitated pursuant to Article 5, Title 62, may delegate his right to make educational decisions to another adult. An adult student may delegate educational rights by naming an agent through a duly executed power of attorney or by using a form that the State Department of Education shall develop and provide.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4E859094" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="47D90AE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2016 Act No. 242 (H.5021), § 1, eff June 5, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D2B0F01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="57F00FDC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-340. Identification of eligible adult student as incapable of communicating educational program wishes, interests, or preferences; procedures; designation of educational representative.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...60 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="45BEBBD8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>An adult student who is eligible for special education and has not been determined to be incapacitated pursuant to Article 5, Title 62, may be identified as incapable of communicating, with or without reasonable accommodations, his wishes, interests, or preferences with respect to his educational program as early as sixty calendar days before his eighteenth birthday or sixty-five business days before an eligibility meeting, if he is undergoing initial eligibility for special education services, and also ma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>y have an educational representative designated pursuant to the following procedures:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7A9C2F77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1)(a) The student's physician, nurse practitioner, physician's assistant, psychologist, or psychiatrist must certify in writing to the local education agency in which the adult student is enrolled that he has examined or interviewed the student and, based upon this exam, finds the student incapable of communicating, with or without reasonable accommodations, his wishes, interests, or preferences regarding his educational program. The licensed professional's certification must include the date of the exami</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nation, the basis for the determination, and whether the student's incapability of communicating, with or without reasonable accommodations, his wishes, interests, or preferences with respect to his educational program is likely to last until after age twenty-one. The licensed professional's certification must remain in effect during the period the student receives educational services as an adult, regardless of whether the student transfers to another school or local education agency, if the student's subs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>equent local education agency is promptly provided with the documentation that the prior local education agency relied on in allowing an educational representative to participate on the student's behalf. The licensed professional referenced in this item may not be an employee of the local education agency or state education agency serving the student.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="42F428D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) For the purposes of this section, a person is considered incapable of communicating, with or without reasonable accommodations, his wishes, interests, or preferences if he is unable to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="21A499B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) express, either verbally, through an interpreter, or through augmented communication devices, his wishes, interests, or preferences for his education program; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6864ED3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) understand, even with the support from family, administrators, and experts in the field, what choices are available in a proposed education decision or program. "Support" in this context includes a wide range of disability supports, including explaining options in plain language, using interpreters, providing visual aids, providing the information more slowly, or in similar chunks, or any other method that is effective in communicating with the student with a disability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6CF02FCB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Upon receiving the certification, the superintendent of the local education agency or his designee shall, within ten days, provide a copy of the designation to the student and notify him in writing that a professional has certified that he is incapable of communicating, with or without reasonable accommodations, his wishes, interests, or preferences with respect to his educational program and that an educational representative will be designated to make such decisions for him. The superintendent also s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>hall notify the student in writing that he has a right to challenge the designation of the educational representative.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1D9E4D35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) A challenge to the designation of an educational representative must be made in writing and may be made by the student or by another person with a bona fide interest and knowledge of the student, except that challenges may not be made by an employee of a local education agency or state education agency. A challenge by an adult student must assert that he is capable of communicating, with or without reasonable accommodations, his wishes, interests, or preferences concerning his educational program as pr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ovided in this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="50C97A65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) A challenge may be made at any time during which an educational representative is designated to act on the adult student's behalf. A challenge must be provided in writing to the superintendent of the local school district or his designee, who shall within ten business days notify the student and current appointed representative in writing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="685E5E00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Upon receipt of a written challenge in accordance with this section, the local education agency may not rely on an educational representative for any purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2E9F434E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) If the adult student does not object to the designation, his custodial parent or adult spouse may act as the educational representative. If the custodial parent or the adult spouse are unavailable to act on behalf of the student, the educational representative may be an adult sibling, grandparent, or other adult relative, in that order of priority. If these relatives are not willing and able to serve as the educational representative of the adult student, then the local education agency providing servi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ces to the student shall designate a surrogate parent, as defined in 34 C.F.R. Section 300.519 to serve in this capacity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="01D19FD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) The authority of an educational representative is limited to the authority to consent to educational services, and specifically does not include the authority to remove an adult student from educational services. The authority of an educational representative continues until he challenges the designation, he is no longer eligible for special education, or an order is issued pursuant to Article 5, Title 62, which terminates the authority of the educational representative.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0AAE5C79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="489B461F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2016 Act No. 242 (H.5021), § 1, eff June 5, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7BDCE70B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="62F3307D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-350. Authority of educational representative.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7143086E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The educational agent or educational representative is authorized to make educational decisions for a student and has the same rights as the student to participate in the individualized educational program and to request, receive, examine, copy, and consent to the disclosure of the plan or another educational record. The educational agent or the educational representative shall participate based upon a determination of the student's preferences to the extent they can be determined. If the student's prefere</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nces cannot be determined, then the decisions must be based upon the student's best interest as determined by the educational agent or educational representative. An educational agent or educational representative who in good faith makes a decision about educational services is not subject to civil or criminal liability because of the substance of the decision.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1AF45210" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1C21FCE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2016 Act No. 242 (H.5021), § 1, eff June 5, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="51456DFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1A1F58AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-360. Transition plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="045F9F57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>As part of the student's transition plan, starting at age thirteen, local education agencies shall assist students eligible for special education with the transition to adulthood, including the need to make educational decisions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="40ECFA95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2F8EF222" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2016 Act No. 242 (H.5021), § 1, eff June 5, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F45F4FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3D1712D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-370. Regulations, policies, and guidelines.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="180487D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The South Carolina Department of Education shall promulgate regulations, policies, and guidelines to implement this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0C959425" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="709DFEC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2016 Act No. 242 (H.5021), § 1, eff June 5, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1CE67194" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="768F6769" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="37838B12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dyslexia Screenings</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4D53377A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="60421EC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-510. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6EFCACA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this section:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="79C39E7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Evidence-based reading instruction" means reading, writing, and spelling instruction that employs direct instruction of systematic and cumulative content, with the sequence beginning with the easiest and most basic elements, and progressing methodically to more difficult material. Each step also must be based on steps already learned. Components of evidence-based reading instruction include instruction targeting phonemic awareness, phonics, fluency, vocabulary, and comprehension.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...50 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3DC1CE7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(2) "Dyslexia-specific intervention" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means evidence-based, specialized reading, writing, and spelling instruction that is multisensory in nature, equipping students to simultaneously use multiple senses, such as vision, hearing, touch, and movement. Dyslexia-specific intervention requires greater intensity, such as smaller groups, increased frequency of instruction, and individualized progression through steps, than typical evidence-based reading instruction.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7134A3A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Multi-tiered system of supports" or "MTSS" means an evidence-based model of schooling that uses data-based problem solving to integrate academic and behavioral instruction and intervention. The integrated academic and behavioral supports are delivered to students at varying intensities by means of multiple tiers based on student need. Need-driven decision making seeks to ensure that district resources reach the appropriate students at their schools at the appropriate levels to accelerate the performan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ce of all students to fulfill the profile of the South Carolina Graduate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7DD910B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Response to Intervention" or "RTI" means the process of providing high-quality instruction and intervention matched to student needs using learning rate over time and level of performance to make important instructional decisions. To ensure efficient use of resources, schools begin with the identification of trends and patterns using schoolwide data and grade level data. Students who need instructional intervention beyond what is provided universally for positive behavior or academic content areas are</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> provided with targeted, supplemental interventions delivered individually or in small groups at increasing levels of intensity. RTI is a process that is driven by the use of a problem-solving model and is used for the purpose of revealing what works best for groups of students and individual students, regardless of placement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...68 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="06918D20" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(5) "Tiered instruction" means instruction and intervention provided with increasing intensity in response to student needs. This instruction is typically provided in an RTI process depicted as a three-tier model. Data is collected at each tier and is used to measure the efficacy of the instruction and intervention so that meaningful decisions may be made about how instruction and intervention should be maintained and layered. Tier 1 is the foundation and consists of scientific, research-based core instruc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tional and behavioral methodologies, practices, and supports designed for all students in the general curriculum. Tier 2 consists of supplemental, targeted instruction and interventions that are provided in addition to and in alignment with effective core instruction and behavioral supports to groups of targeted students who need additional instructional support, behavioral support, or both. Tier 3 consists of intensive instructional or behavioral interventions provided in addition to and in alignment with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>effective core instruction with the goal of increasing an individual student's rate of progress. Tier 3 interventions are developed for individual students using a problem-solving process. Students receiving Tier 3 level supports may or may not be eligible for specially designed instruction and related services in accordance with the Individuals with Disabilities Education Improvement Act.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="409D5C36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Problem-solving model" means a problem-solving method used to match instructional resources to educational need. The problem-solving model uses data to define the problem, establish performance goals, develop intervention plans, monitor progress, and evaluate outcomes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2489E598" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Universal screening process (USP)" means the process a district employs to screen all students who may be experiencing academic and/or social-emotional difficulties. The screening tools and the process must be based on approval and guidelines provided by the department, which must include screening tools that must be administered at no cost to the district.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="79AF2D90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="65E3DA7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2018 Act No. 213 (H.4434), § 1, eff May 18, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="258CD169" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="17225FAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-520. Training and support for statewide multi-tiered system of supports; universal screening process.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7DF60638" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A)(1) The State Department of Education shall establish and provide training and support for a statewide MTSS framework that must contain a common data-based problem-solving model, on-going student assessment, and a layered continuum of supports using evidence-based practices. As part of the assessment, a universal screening process must be used to identify students who may be at risk of experiencing academic difficulties in reading, math, or writing, and who also may be at risk of experiencing difficulti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>es in social-emotional development.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5626AC3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(2) Beginning with the 2019-2020 School Year, to the extent funding is provided or that approved screening tools are available at no cost, a local school district shall use the universal screening process to screen each student in the district who is in kindergarten through first grade three times each school year and as needed in second grade as outlined in the district's universal screening procedures, and any other student as required by the department, for reading difficulties, including dyslexia, and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the need for intervention.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="718D2E60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) In addition to screening required by this subsection, screening also may be requested for a student by his parent or guardian, teacher, counselor, or school psychologist.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1214E847" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The district, following the universal screening procedures it conducted, shall convene a school-based team to analyze screening data and progress monitoring data to assist teachers in planning and implementing appropriate instruction and evidence-based interventions for all students who, based on the screening, are at risk of experiencing academic difficulties, including those students who exhibit the characteristics of dyslexia, as provided by the department. Guidance may include suggestions of tiered</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> interventions, dyslexia-specific interventions, academic and social-emotional supports, and supplemental technology as appropriate for the student's access to assistive technology.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4A928D8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) If the RTI process conducted by the district indicates that a student is at risk for experiencing academic difficulties, including dyslexia, the district shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="37D25B3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) notify the parent or legal guardian of the student;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="633B4719" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) provide the parent or legal guardian of the student with information and resource material so that they may assist and support learning for their child;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1FEC3EE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(3) provide the student with tiered, evidence-based intervention as defined in Section 59-33-510; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="55B4806A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) monitor and evaluate the effectiveness of the intervention and the student's progress.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="22AFD1C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3C989A76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2018 Act No. 213 (H.4434), § 1, eff May 18, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="04A4EDF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="212E3706" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-530. Professional development training and resources for all educators.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0939B2CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department shall provide appropriate professional development training and resources for all educators in the area of MTSS and the identification of, and evidence-based intervention methods for, students who are at risk of experiencing academic difficulties, including students with dyslexia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0A7D98F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="32A31056" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2018 Act No. 213 (H.4434), § 1, eff May 18, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="71BD0B1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="58EE8047" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-540. Development of reporting template and guidelines.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7DEABDC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State Board of Education shall create a reporting template and guidelines for districts and charter schools to complete the template. School districts and charter school authorizers shall complete the template and provide the compiled results to the department annually by June thirtieth, commencing June 30, 2020. The department shall provide the compiled information to the State Board of Education, State Superintendent of Education, and the Chairs of the House Education and Public Works Committee and S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>enate Education Committee by July thirty-first of each year commencing July 31, 2020. The template must include the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6B6A171C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) identification of the screening tool used;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4619B49A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the type and amount of professional development specifically applicable to reading difficulties including, but not limited to, dyslexia and other related disorders that are provided to faculty and staff;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2DAF8538" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the number of students screened and the number who were identified as having reading difficulties including, but not limited to, dyslexia and who required intervention, and the interventions employed by the school; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3034CC1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) longitudinal data reported by grade that separately identifies academic growth for students who are identified as having reading difficulties including, but not limited to, dyslexia and provided intervention services, and students who do not receive services. Individual students must not be identified.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="13BC3D7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="32F965F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2018 Act No. 213 (H.4434), § 1, eff May 18, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5B6E2314" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="115D6EE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-33-550. Learning Disorders Task Force; composition; terms; vacancies; coordination.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...22 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2528B426" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(A) There is created a Learning Disorders Task Force for the purpose of working with the department in matters relating to reading disorders to include, but not be limited to, dyslexia. The State Superintendent of Education shall convene the first meeting at which time a chair shall be elected by the task force. The task force is composed of nine members as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="490D33FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) an education specialist in school psychology appointed by the State Superintendent of Education, for a term of three years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5576BB1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a representative from the South Carolina branch of the International Dyslexia Association, appointed by the president of the association for a term of three years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="74EE3738" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) a special education teacher with an understanding of reading difficulties including, but not limited to, dyslexia, appointed by the State Superintendent of Education for a term of three years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="078C1D53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) a primary school teacher, appointed by the State Superintendent of Education for a term of three years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="78617666" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) a middle school teacher, appointed by the State Superintendent of Education for a term of three years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2C194EBA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) a high school teacher, appointed by the State Superintendent of Education for a term of three years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="08982A67" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) a parent of a child with dyslexia, appointed by the State Superintendent of Education for a term of three years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="63B933C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) a certified school speech pathologist, appointed by the State Superintendent of Education for a term of three years; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="48D4508F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) a member in good standing of the South Carolina Optometric Physicians Association, appointed by that association's board of directors for a term of three years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0A0AA417" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Initially, the members representing subsections (A)(1), (3), (5), (7), and (9) shall serve terms of five years or until their successors are appointed and qualified. At the end of the first appointment term for these members, new appointments shall serve terms of three years or until their successors are appointed and qualified. All appointments must be provided to the State Superintendent of Education by July 1, 2018. The terms of the members shall commence July 1, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="50EE122A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A vacancy must be filled in the same manner of the original appointment for the unexpired portion of the term. A member may be appointed to successive terms.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="73803279" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The members of the task force shall serve without compensation, mileage, per diem, or subsistence allowances.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7B0F6716" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The task force shall meet at least quarterly. A quorum consists of a majority of the membership of the task force.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7EC1A593" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The task force shall coordinate with the department and the South Carolina branch of the International Dyslexia Association in the identification of universal screening tools to be used pursuant to Section 59-33-520, and collaborate with the department in the creation of the reporting guidelines required by Section 59-33-540.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="189FE6F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0E4510C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2018 Act No. 213 (H.4434), § 1, eff May 18, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -4253,51 +4115,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -4734,66 +4596,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>