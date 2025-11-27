--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,1445 +1,1643 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R943b8b1109d349d1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b691616f9cc547aa8296969f3e8c7e14.psmdcp" Id="R361618c144864764" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb8fa6271af32474f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8bba9c32ec3743be832fb3b4f5717df0.psmdcp" Id="R20f7cc54920046c3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="08276464" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5B1E43F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6AEEF857" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>South Carolina Prescribed Fire Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6D7F1448" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1B7B1671" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-34-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="48E36501" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter is known as the "South Carolina Prescribed Fire Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="056DBF45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="75925B3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 325, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7A8C92E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3045E5F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-34-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3878E580" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...71 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4B32D96A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(1) "Prescribed fire" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means a controlled fire applied to forest, brush, or grassland vegetative fuels under specified environmental conditions and precautions which cause the fire to be confined to a predetermined area and allow accomplishment of the planned land management objectives. It also is known as "controlled burn".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5F2D622B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Certified prescribed fire manager" means an individual who successfully completes a certification program approved by the State Commission of Forestry.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="15D23A5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Prescribed fire plan" means a written prescription for starting and controlling a prescribed fire.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1D867292" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="14114FAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 325, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7545B4D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="17171737" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-34-30. Authority to promulgate regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3AD6D344" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State Commission of Forestry shall promulgate regulations for the use of prescribed fire and for the certification of prescribed fire managers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7EDDCCC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7EABEDDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 325, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2EF68540" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="265FE66B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-34-40. Requirements for conducting prescribed fire; South Carolina Smoke Management Guidelines.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="61F68C43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) For purposes of this section, "South Carolina Smoke Management Guidelines" means smoke management guidelines for vegetative debris burning for forestry, agriculture, and wildlife purposes that are promulgated as regulations by the State Forestry Commission pursuant to the Administrative Procedures Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="61120252" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Prescribed fires conducted pursuant to this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1E36527A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) must have a written prescribed fire plan that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3042D86E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) complies with the South Carolina Smoke Management Guidelines;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="69E65137" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) is prepared before authorization to burn is issued by the State Commission of Forestry; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6FD0CAEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) is on site and followed during the burn;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="29DFA4FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) must have present at least one certified prescribed fire manager who must:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="11E88AD0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) be certified by the commission;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="46947CA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(b) personally supervise the burn from ignition until the certified prescribed fire manager determines the burn to be safe;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1D8B6238" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(c) fully consider both fire behavior and related smoke management issues during and after the burn;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="75A4FA43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) are considered in the public interest and do not constitute a public or private nuisance when conducted pursuant to the South Carolina Smoke Management Guidelines, Chapters 1 and 35, Title 48, and Chapter 2, Title 50; prescribed fires that are purposefully set in accordance with these chapters and the South Carolina Smoke Management Guidelines are exempt from the open fire prohibition pursuant to R. 61-62.2 and are acceptable to the Department of Health and Environmental Control if the fire is for:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1CCEFD11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) burning forest lands for specific management practices;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="721CCFD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) agricultural control of diseases, weeds, and pests and for other specific agricultural purposes;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3DFC24DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) open burning of trees, brush, grass, and other vegetable matter for game management purposes;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0BEC20F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) are considered a property right of the property owner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6CBB4010" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="62649E2F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 325, § 1; 2012 Act No. 139, § 1, eff April 2, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1125E5D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6D2D213D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2012 Act No. 139, § 3, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7CCDCF40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"The guidelines published by the State Forestry Commission in August 2006 entitled, 'Smoke Management Guidelines for Vegetative Debris Burning for Forestry, Agriculture, and Wildlife purposes in the State of South Carolina' are hereby considered promulgated by the State Forestry Commission and approved by the General Assembly. Any amendment, replacement, or revision of these guidelines must be promulgated by the State Forestry Commission pursuant to the Administrative Procedures Act."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6BD96666" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3FDD9B71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2012 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B1525C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="37241BED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-34-50. Liability for damages, injury, or loss caused by prescribed fire.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6D253FEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A property owner or lessee or his agent or employee conducting a prescribed fire pursuant to this chapter is not liable for damage, injury, or loss caused by fire or other consequences of the prescribed fire, except for smoke, unless negligence is proven. A property owner or lessee or his agent or employee conducting a prescribed fire pursuant to this chapter is not liable for damage, injury, or loss caused by the resulting smoke of a prescribed fire unless gross negligence or recklessness is proven.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7E52ABB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4B8A728B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 325, § 1; 2012 Act No. 139, § 2, eff April 2, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2E306B0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="33F7837E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2012 Act No. 139, § 3, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="13888AF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"The guidelines published by the State Forestry Commission in August 2006 entitled, 'Smoke Management Guidelines for Vegetative Debris Burning for Forestry, Agriculture, and Wildlife purposes in the State of South Carolina' are hereby considered promulgated by the State Forestry Commission and approved by the General Assembly. Any amendment, replacement, or revision of these guidelines must be promulgated by the State Forestry Commission pursuant to the Administrative Procedures Act."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7436B8AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2019A66D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2012 amendment rewrote the first sentence and added the second sentence relating to the standard of care for liability for damage, injury, or loss caused by the resulting smoke of a prescribed fire.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7EDCA2F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2FC4217C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-34-60. Conducting prescribed fire without certified prescribed manager present.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2F71696A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding the requirements of this chapter, a person may conduct a prescribed fire without a certified prescribed fire manager present.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E1379C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2C7CBB82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 325, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1450,51 +1648,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1931,66 +2129,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>