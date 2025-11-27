--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -1,373 +1,571 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R72915b44433742c1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/56423f2ebb984c65a9b803b06f567b64.psmdcp" Id="Rb75d38ddfd554447" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3ed85bde678b4fb5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab3d04970f8c489488bfdc368f70b20b.psmdcp" Id="Ra96face9b5674878" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A45C79" w:rsidRDefault="00A45C79" w14:paraId="680683BF" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="56C1EB52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="0CEDABB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Retail Facilities Revitalization Act [Repealed]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="06C0449B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2779E94C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="29A131BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="34A93AC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="5DE09E45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2006 Act No. 285, § 2, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="6BE09D8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="5704A864" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Chapter 34 of Title 6 of the 1976 Code, as added by the provisions of Section 1 of this act, is repealed on July 1, 2016."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="3563E23F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="004AE2E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2006 Act No. 285, § 3.(A), provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="1D5D92A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="74D34E00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Chapter 34 of Title 6 of the 1976 Code takes effect July 1, 2006, and applies for rehabilitation expenses incurred, without regard to the date these expenses were incurred, for eligible sites placed in service on or after July 1, 2006."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="1D20E4E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="37B138F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="6B33F2F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 6-34-10. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="07674A62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="712A2642" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Citation of chapter, had the following history: 2006 Act No. 285, § 1, eff July 1, 2006. Repealed by 2006 Act No. 285, § 2, eff July 1, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0EE2781D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="538F9229" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 6-34-20. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="36E0235E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="7FC2B437" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Purpose, had the following history: 2006 Act No. 285, § 1, eff July 1, 2006. Repealed by 2006 Act No. 285, § 2, eff July 1, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="759DEE8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="1E722FB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 6-34-30. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1C85033E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="5F18E31D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Definitions, had the following history: 2006 Act No. 285, § 1, eff July 1, 2006. Repealed by 2006 Act No. 285, § 2, eff July 1, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="20431B30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="033FF078" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 6-34-40. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0AF16AAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="30B9FC50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Tax credits for rehabilitation expenses, had the following history: 2006 Act No. 285, § 1, eff July 1, 2006; 2007 Act No. 110, § 7.A, eff June 21, 2007; 2007 Act No. 116, § 13.A, eff June 28, 2007. Repealed by 2006 Act No. 285, § 2, eff July 1, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -378,51 +576,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -859,66 +1057,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>