--- v0 (2025-10-03)
+++ v1 (2025-11-23)
@@ -1,2434 +1,2431 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R01819a2162804edc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c301104aa6054522bbc95ca315d01037.psmdcp" Id="R5961d513034541ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reb77a7b26df743cd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f25465441544bd2a54710f6c87e2447.psmdcp" Id="R8c5e35ace6754d83" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00270A17" w:rsidRDefault="00270A17" w14:paraId="0D1FDBA2" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1545CEDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="53066FB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Creation, Construction, and Termination of Leasehold Estates</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="16FC7AF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0476F389" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-10. Tenancies created by oral agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7221F2DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A tenancy for not to exceed one year may be created by oral agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3E909F75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6A039E94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-51; 1952 Code § 41-51; 1946 (44) 2584.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="548A18BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7008E153" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-20. Agreement for more than one year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3DED5485" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any agreement for the use or occupation of real estate for more than one year shall be void unless in writing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="00B1640E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="150C7996" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-52; 1952 Code § 41-52; 1946 (44) 2584.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5B60A79E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7919D7D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-30. Tenancies deemed month to month; exceptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0F65DE9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All tenancies of real estate other than agricultural lands shall be deemed from month to month unless there be an agreement otherwise. But this section shall not apply to domestic servants, farm laborers or tenants at will.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7F9CBE50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7E137017" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-53; 1952 Code § 41-53; 1946 (44) 2584.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5EDFE441" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1EF3338F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-40. Use of premises without agreement or permission or by trespass; rent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="199AB4AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>When a person enters upon or uses the premises of another without agreement or without the permission of the owner or by trespass the owner may at his option waive such tort and treat and deem such person a tenant at will. In such case the landlord shall have and be entitled to a reasonable rental for the use and occupation of such premises and all remedies for the enforcement of his rights in respect thereto as in other cases of tenancy at will.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="72816A94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4E184578" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-54; 1952 Code § 41-54; 1946 (44) 2584.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1C2FC28C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6903350E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-50. Sale of real estate under lease.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5252C3C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>When real estate is sold while under lease, the relationship of landlord and tenant is created ipso facto as between the purchaser and the tenant as if the purchaser had been the landlord in the first instance and the purchaser shall be entitled to all the benefits and rights under such lease as if he had been the lessor from the date of the purchase.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3C0B50ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="544E58FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-55; 1952 Code § 41-55; 1946 (44) 2584.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0DE618D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3C625482" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-60. Validity and effect of subleases.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3AA6EF1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">A sublease by a tenant without written consent of the landlord is a nullity insofar as the rights of the landlord are concerned, except that rent collected by a tenant from a subtenant shall be deemed to be held in trust by the tenant for the benefit of the landlord until the payment of the landlord's claim for rent. But when the premises have been sublet the sublessor, as between himself and the subtenant or sublessee, shall be deemed the landlord and the sublessee the tenant under him and the provisions </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>of Chapters 33 through 37, § 27-39-10 and Article 3 of Chapter 39 of this Title, other than §§ 27-35-80, 27-35-170 and 27-35-180, 27-39-280 and 27-39-300 shall apply to sublessors and sublessees, as between themselves, as in other cases of landlord and tenant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="50E95BEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3D704F4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-56; 1952 Code § 41-56; 1946 (44) 2584; 1972 (57) 2451.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4BEDE826" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7C11ADB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-70. Person deemed in possession of real estate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7DEDBDB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In all cases of tenancy the owner, landlord or person entitled to possession shall be deemed to be in possession of the real estate used or occupied by the tenant and the tenant shall be deemed to be holding thereunder.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4E36561A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="20D45B64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-57; 1952 Code § 41-57; 1946 (44) 2584.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1EBB7DD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7A6EA097" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-75. Lessee's obligations as to use and maintenance; lessor's right to inspect.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6DA30725" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Unless otherwise agreed to in a commercial lease agreement or a security agreement, this section applies to all leases on commercial units located in South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="73E6E942" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A lessee must:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="60F31A05" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) comply with all obligations imposed upon lessees by applicable building and housing code provisions that materially affect health and safety;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7A5CBBB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) not deliberately or negligently destroy, deface, damage, impair, abuse, or remove any part of the premises or knowingly permit any person to do so who is on the premises with the lessee's permission or who is allowed access to the premises by the lessee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4F393113" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) conduct himself and require other persons on the premises with the lessee's permission or who are allowed access to the premises by the lessee to conduct themselves in a manner that will not disturb other lessees' peaceful enjoyment of the premises; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="62C48D39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) comply with the commercial lease agreement or security agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1A6F50B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) In cases of real estate, fixtures, and equipment, or any of them that are the subject of a commercial lease agreement, the lessor has the right to enter and inspect the leased premises as provided in subsection (D) to determine if the leased real estate, fixtures, and equipment, or any of them:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7B6FF5B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) are being used in a reasonable and safe manner as provided in subsection (B) or in the commercial lease agreement or security agreement; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="50BA1FC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) are being negligently, deliberately, or knowingly destroyed, defaced, damaged, impaired, abused, or removed in violation of subsection (B) or the terms of the commercial lease agreement or security agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="610B66AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The lessor must not abuse the right to enter and inspect the premises pursuant to this section and must not use this right of access to harass the lessee. Except in the case of a demonstrable emergency, the lessor must give the lessee at least twenty-four hours' written notice of his intent to enter and inspect the premises, and the entry must be scheduled at a reasonable time.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1DEE1683" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A lessee must not unreasonably withhold consent to the lessor to enter and inspect the subject premises for the purposes described in subsection (C).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="712FE483" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) If the lessee unreasonably withholds consent to the lessor to allow lawful access to the subject premises as described in subsection (C), the lessor may obtain injunctive relief in the magistrates court or the circuit court in the county in which the property is located, without posting bond, to compel access. If injunctive relief is sought, the prevailing party may recover actual damages and reasonable attorney's fees and costs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1152E8C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0EAFC437" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 15, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="04CAE7A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="424ADAC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2005 Act No. 15, § 2, provides in part as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5ACC034C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>This act . . . . applies to all leases on commercial units located in South Carolina, whether created before or after this act's effective date [January 1, 2005]. The obligations imposed and rights created by this act accrue on or after the effective date of the act.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7DA23EF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="52381955" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-80. Attornments by tenants.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2B2B2725" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>To prevent the difficulty and expense to which a landlord or lessor may be put by the fraudulent practice of tenants in attorning to strangers who claim title to the estates of their respective landlords or lessors, every such attornment of any tenant of any lands, tenements or hereditaments shall be absolutely null and void to all intents and purposes whatsoever and the possession of the landlord or lessor shall not be deemed or construed to be in any wise changed, altered or affected by any such attornme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>nt. But nothing herein contained shall extend to vacate or affect any attornment made pursuant to, and in consequence of, some judgment, decree or order of court or made with the privity and consent of the landlord or lessor or pursuant to § 27-35-50.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0F8D0AA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="77C5057E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-58; 1952 Code § 41-58; 1942 Code § 8803; 1932 Code § 8803; Civ. C. '22 § 5269; Civ. C. '12 § 3499; Civ. C. '02 § 2413; G. S. 1810; R. S. 1929; 1712 (2) 575.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6D947A94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="52846AB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-90. Time for payment of rents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="317B0E84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unless otherwise agreed upon rents shall be payable monthly and at the end of each calendar month, excepting rents for farm lands.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7167F0DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="19B575E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-59; 1952 Code § 41-59; 1946 (44) 2584.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="346FE8D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="77052577" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-100. Time of termination of farm tenancies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2A3F38FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All tenancies of farm laborers, sharecroppers and renters of farm lands shall end on the last day of December in each year unless there be an express agreement to the contrary or unless continued by operation of law as herein provided.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E1B1F2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0AE41CEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-60; 1952 Code § 41-60; 1946 (44) 2584.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0B77C49C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="141E0A8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-110. Time of expiration of agreed tenancy for term or years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="27F1275A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>When there is an express agreement, either oral or written, as to the term of the tenancy of a tenant for term or for years such tenancy shall end without notice upon the last day of the agreed term.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73A5B110" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5AF03FE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-62; 1952 Code § 41-62; 1946 (44) 2584.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="26587711" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5AC84346" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-120. Termination of month to month tenancy.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1ACC508F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A tenancy from month to month may be ended by either party giving to the other written notice of thirty days to the effect that such tenancy shall be then terminated. No such tenancy shall ripen into a tenancy from year to year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1481555D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0BB15DDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-63; 1952 Code § 41-63; 1946 (44) 2584.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="51F78718" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="04B89F43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-130. Notice required for tenants at will and domestic servants.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0133DE60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All tenants at will and domestic servants shall vacate the premises occupied upon twenty days' written notice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="25BE86DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="22D0BFE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-64; 1952 Code § 41-64; 1946 (44) 2584.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="63CA4C23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2B29520B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-140. Failure to pay rent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3C67EC13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Failure to pay the rent agreed upon when due, or a reasonable rent for use and occupation when demanded, shall terminate all tenancies for a term, for years, from month to month and at will and the tenant shall forthwith vacate the premises without notice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4DEF3153" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6CF49656" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-65; 1952 Code § 41-65; 1946 (44) 2584.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="70B832BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="38049CCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-150. Abandonment of premises.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5E222082" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>When a tenant abandons premises theretofore occupied by him the landlord may enter and take possession thereof, making distraint as herein provided of any property found thereon, including the property exempt from distress by the provisions of § 27-39-230 and the term of a tenant abandoning premises used and occupied by him as such shall be deemed ended by such abandonment. Absence from the property for fifteen days after default in the payment of rent shall be construed as abandonment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F7BE681" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0B2983E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-66; 1952 Code § 41-66; 1946 (44) 2584.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="46B2EB75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="31ECEBEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-160. Unlawful abandonment of buildings without notice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="56531478" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any tenant abandoning a building and leaving it open and exposed to vandalism without giving notice to the landlord of such action shall be deemed guilty of a misdemeanor and shall, upon conviction, be fined not more than one hundred dollars or be imprisoned for not more than thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="44836CDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="57EE38F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-67; 1962 (52) 1909.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2ABDAB45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0D6A5B71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-170. Holding over following demand for possession; penalty.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="38F5993B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All tenants, whether for life or years, by sufferance or at will, or persons coming in under or by collusion with them who shall hold over after the legal determination of their estates, after demand made in writing for delivering possession thereof by the person having the reversion or remainder therein or his agent, for the space of three months after such demand shall forfeit double the value of the use of the premises, recoverable by action.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5DFA1D8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2D066D46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-72; 1952 Code § 41-72; 1942 Code § 8800; 1932 Code § 8800; Civ. C. '22 § 5267; Civ. C. '12 § 3497; Civ. C. '02 § 2411; G. S. 1808; R. S. 1927; 1808 (5) 565.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0F07392B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7FA47849" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-35-180. Penalty for not delivering possession after notice of intent to quit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="26CF9443" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>In case any tenant shall give notice in writing of his intention to quit the premises rented by him and shall not accordingly deliver up the possession at the time in such notice contained, the tenant, his executors or administrators, shall pay to the landlord double the rent which he otherwise would have been liable to pay. But nothing herein contained shall be construed to give such tenant a right to discontinue or determine his tenancy by such notice in any other manner than according to the laws of forc</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>e at the time of giving such notice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0519D462" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="55B6B836" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-73; 1952 Code § 41-73; 1942 Code § 8814; 1932 Code § 8814; Civ. C. '22 § 5280; Civ. C. '12 § 3510; Civ. C. '02 § 2424; G. S. 1820; R. S. 1940; 1712 (2) 578; 1808 (5) 565.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2439,51 +2436,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2920,66 +2917,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>