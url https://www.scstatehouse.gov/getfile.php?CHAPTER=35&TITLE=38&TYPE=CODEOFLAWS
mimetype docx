--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,716 +1,707 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re8a04d90372742e6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96bfeb1ecf0946d895bc4b82d422ebcb.psmdcp" Id="R539cf223ffc842e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4ff00f7f5b5d4a6f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb9a8c92870848328a1bf0e8f54f775f.psmdcp" Id="R06144ddbc0ef4b7d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0088294B" w:rsidRDefault="0088294B" w14:paraId="1BA051AD" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="4C3A7AF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="254597A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Mutual Benevolent Aid Associations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="1EA8CC97" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="426C1773" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-35-10. Formation of mutual associations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="01D6AFC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Members of religious denominations, local lodges, or fraternal orders under the control and supervision of a representative governing body within this State or of local labor organizations with a national or international charter or any number of persons, not less than twenty, a majority of whom must be bona fide residents of this State may, when investigated and approved by the director or his designee, form mutual associations, incorporated or unincorporated, for the purpose of aiding their members or th</w:t>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Members of religious denominations, local lodges, or fraternal orders under the control and supervision of a representative governing body within this State or of local labor organizations with a national or international charter or any number of persons, not less than twenty, a majority of whom must be bona fide residents of this State may, when investigated and approved by the director or his designee, form mutual associations, incorporated or unincorporated, for the purpose of aiding their members or the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ir beneficiaries in times of sickness and death by levying equitable assessments for the payment of sick relief or death benefits upon compliance with this chapter.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="167BF62D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="4A9FDE54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-35-10 [1962 Code § 37-441; 1968 (55) 2584; 1971 (57) 474; 1972 (57) 3116] has no comparable provisions in 1987 Act No. 155; Former 1976 Code § 38-23-10 [1947 (45) 322; 1952 Code § 37-1001; 1962 Code § 37-1001] recodified as § 38-35-10 by 1987 Act No. 155, § 1; 1993 Act No. 181, § 634.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="627C7DDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="136F43DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-35-20. Conduct of associations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2FF24A54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A mutual association may not have paid agents for the soliciting of business or members and must be conducted without profit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="13BA3612" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="3D2C6CEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-35-20 [1962 Code § 37-442; 1968 (55) 2584] recodified as § 38-71-10 by 1987 Act No. 155, § 1; Former 1976 Code § 38-23-20 [1947 (45) 322; 1952 Code § 37-1002; 1962 Code § 37-1002] recodified as § 38-35-20 by 1987 Act No. 155, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39D35388" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="61B2AED6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-35-30. Assessments.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="24498520" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Assessments must be made by a mutual association at the time an individual becomes a member or at the time of death or sickness of a member and for the purpose of paying benefits due the member because of death or sickness.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="08190E88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="23469FF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-35-30 [1962 Code § 37-443; 1968 (55) 2584] no comparable provisions in 1987 Act No. 155; Former 1976 Code § 38-23-30 [1947 (45) 322; 1952 Code § 37-1003; 1962 Code § 37-1003; 1984 Act No. 330] recodified as § 38-35-30 by 1987 Act No. 155, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0EE7F5F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="73A8B2BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-35-40. Annual report; certificate of compliance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="27A352F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Mutual associations shall file an annual report with the department. If, after examination of the report, the director or his designee determines that the mutual association has complied with the insurance laws, he may issue it a certificate showing compliance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="60CD52C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="4E898347" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-35-40 [1947 (45) 322; 1952 Code § 37-453; 1962 Code § 37-453] recodified as § 38-71-70 by 1987 Act No. 155, § 1; Former 1976 Code § 38-23-40 [1947 (45) 322; 1952 Code § 37-1004; 1962 Code § 37-1004] recodified as § 38-35-40 by 1987 Act No. 155, § 1; 1993 Act No. 181, § 635.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03D30714" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="144D0164" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-35-50. Examinations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="17B84930" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>A mutual association is subject to any examination by the director or his designee which will enable him to determine that it has complied with the state insurance laws.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="498CAA30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="4FE2D252" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-35-50 [1962 Code § 37-444; 1968 (55) 2569] recodified as § 38-71-20 by 1987 Act No. 155, § 1; Former 1976 Code § 38-23-50 [1947 (45) 322; 1952 Code § 37-1005; 1962 Code § 37-1005] recodified as § 38-35-50 by 1987 Act No. 155, § 1; 1993 Act No. 181, § 636.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1E8FDA0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="33CCF066" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-35-60. Exemption from license fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="487CCAC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Mutual associations shall not pay a license fee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3074DDBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="33D1D556" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-35-60 [1962 Code § 37-445; 1968 (55) 2582] recodified as § 38-71-120 by 1987 Act No. 155, § 1; Former 1976 Code § 38-23-60 [1947 (45) 322; 1952 Code § 37-1005; 1962 Code § 37-1005] recodified as § 38-35-60 by 1987 Act No. 155, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -721,51 +712,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1202,66 +1193,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>