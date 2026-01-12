--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -1,5315 +1,6490 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb90c68d979184eb6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9628f7ebc9c1417cb7795e6c778988f5.psmdcp" Id="R2287db9fd6924b60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra004943fb1a0480d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b9bb835fa8e4b0192c4827fa41805cc.psmdcp" Id="Rfd9889c91509434a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0000746D" w:rsidRDefault="0000746D" w14:paraId="445085E6" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="75988932" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="52815C3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Long Term Health Care Administrators</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7C6E5940" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="46CB37B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-5. Applicability; conflicts of law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4B35918D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unless otherwise provided for in this chapter, Article 1, Chapter 1 applies to the regulation of nursing home administrators and residential care facility administrators; however, if there is a conflict between this chapter and Article 1, Chapter 1, the provisions of this chapter control.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="48F80A2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="13D5F543" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="187C0236" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7A8F01D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1997 Act No. 66, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0EB7904D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="27F9A147" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-10. South Carolina Board of Long Term Health Care Administrators; membership; meetings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="24346DE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) There is created the South Carolina Board of Long Term Health Care Administrators composed of nine members who must be appointed by the Governor, with the advice and consent of the Senate, for three-year terms and until their successors are appointed and qualify. Of the nine members:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="55E2D7D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) three must be qualified nursing home administrators licensed under this chapter; one must be from a proprietary nursing home; one must be from a nonproprietary nursing home; and one must be a qualified hospital administrator;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="75B6E317" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) three must be community residential care facility administrators, licensed under this chapter, at least one of whom must be from a community residential care facility with ten or fewer residents;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="45D89A75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) one must be a consumer, sponsor, or family member of a consumer of nursing home services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0B7C0E89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) one must be a consumer, sponsor, or family member of a consumer of community residential care services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="263402EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) one must be a voting member of the Long Term Care Committee of the Health and Human Services Coordinating Council who must be nominated by election of the committee from among its voting members. If the Governor does not accept the nomination, an additional nominee must be selected in the same manner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="51822381" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The Commissioner of the Department of Health and Environmental Control, or his designee, also shall serve as a nonvoting member on the board, ex officio.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2C4E81C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>An individual, group, or association may submit the names of qualified individuals to the Governor for his consideration in making these appointments.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5419699B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A vacancy must be filled in the manner of the original appointment for the unexpired portion of the term. A member may not serve more than two consecutive full terms.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="37E23DDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The board shall meet at least twice a year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6EA1925D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Any business conducted by the board must be by a positive majority vote. For purposes of this subsection, "positive majority vote" means a majority vote of the entire membership of the board, reduced by any vacancies existing at the time.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E64B603" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7EB38EA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1500C0D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="65D56A54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1962 Code § 56-1702; 1970 (56) 2085; 1987 Act No. 172, § 1; 1990 Act No. 605, § 1; 1993 Act No. 41, § 3; 1997 Act No. 66, § 1; 1976 Code § 40-35-20.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="55626453" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="69AB9940" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="752F0E18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1BA3B654" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Accredited college or university" means a college or university whose accreditation is recognized by the Council on Higher Education Accreditation and the United States Department of Education.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="53FD406A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Board" means the South Carolina Board of Long Term Health Care Administrators.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="12EBDD54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Community residential care facility" or "CRCF" means a facility defined for licensing purposes under law or pursuant to regulations for community residential care facilities by the Department of Health and Environmental Control, whether proprietary or nonprofit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="53336733" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Community residential care facility administrator" or "CRCFA" means a person who has attained the required education and experience, is otherwise qualified, has been issued a license by the board, and is eligible to administer, manage, supervise, or be in administrative charge of a community residential care facility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6AD3D7C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(5) "Consumer" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means a person who is or has been a resident of a nursing home or community residential care facility.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5C26AF63" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Department" means the Department of Labor, Licensing and Regulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...71 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3E194E78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(7) "Habilitation center for persons with intellectual disability or persons with related conditions" means a facility which is licensed by the Department of Health and Environmental Control and that serves four or more persons with intellectual disability or persons with related conditions and provides health or rehabilitative services on a regular basis to individuals whose mental and physical conditions require services including room, board, and active treatment for their intellectual disability or rel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ated conditions.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4828E094" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "Nursing home" means an institution or facility defined for licensing purposes under law or pursuant to regulations for nursing homes promulgated by the Department of Health and Environmental Control, whether proprietary or nonprofit including, but not limited to, nursing homes owned or administered by the State or a political subdivision of the State. The term does not include habilitation centers for persons with intellectual disability or persons with related conditions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7E4280B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) "Nursing home administrator" or "NHA" means a person who has attained the requisite education and experience, is otherwise qualified, and has been issued a license by the board and is eligible to administer, manage, supervise, or be in administrative charge of a nursing home.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="16241E47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) "Practical experience in nursing home administration" means full-time employment, with a minimum of thirty-six hours each week, under the on-site supervision by a licensed nursing home administrator in a state-licensed nursing home. During the on-site supervision by a licensed NHA, the applicant is responsible and accountable for at least a six-month period in at least two of the following areas:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="47831949" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) business and fiscal management;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="404790F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a direct patient-care service such as nursing, physical therapy, occupational therapy, speech therapy, chaplaincy, social work, or activities; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="00AC3239" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) a supporting service such as dietary, maintenance, engineering, laundry, environmental services, or pharmacy.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1DC022C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) "Qualified intellectual disability professional" means a person who, by training and experience, meets the requirements of applicable federal law and regulations for a qualified intellectual disability professional, as determined by the Department of Behavioral Health and Developmental Disabilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6277B708" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) "Related health care administration" means the administration of a facility that provides direct nursing care on a twenty-four hour basis to persons who require health services because of illness, age, or chronic disability. Administration of a CRCF or an Independent Living Community is not considered related health care administration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="547253EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) "Community residential care facility administrator work experience" means on-site work experience with supervisory and direct resident care responsibilities under the supervision of a licensed CRCFA in a licensed CRCF.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="46B97CCE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(14) "Work experience in a health related field other than in a Community Residential Care Facility" means a satisfactory demonstration through the application for licensure that the applicant has sufficient knowledge of and experience with business and fiscal management responsibilities, coordinating patient care, and direct contact in a health care facility as determined by the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6ECB54D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(15) "Sponsor" means a person who is financially or legally responsible for an individual currently residing in a nursing home or residential care facility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D1708CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7F8B3D3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1; 2014 Act No. 271 (H.4550), § 1, eff June 9, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="713AA0BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="173D6C0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5D52D242" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Pursuant to 2011 Act No. 47, § 14(B), the Code Commissioner substituted "intellectual disability" for "mentally retarded" and "person with intellectual disability" or "persons with intellectual disability" for "mentally retarded".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6A3B7F80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="471563E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1962 Code § 56-1701; 1970 (56) 2085; 1986 Act No. 492, § 1; 1990 Act No. 605, § 1; 1993 Act No. 41, § 3; 1997 Act No. 66, § 1; 1976 Code § 40-35-10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="560BF128" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4635080C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 271, § 1, in paragraph (3), inserted "or 'CRCF'"; in paragraph (4), inserted "or 'CRCFA'"; in paragraph (9), inserted "or 'NHA'"; rewrote paragraph (10); rewrote paragraph (12); added paragraphs (13) and (14), definitions for "Community residential care facility administrator work experience" and "Work experience in a health related field other than in a Community Residential Care Facility"; and redesignated former paragraph (13) as (15).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="12097AD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7E547DE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-30. Supervision of facilities and centers by licensed administrators.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="25F8AD1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A nursing home or community residential care facility within this State may not operate except under the supervision of an administrator licensed in accordance with this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="45C11A72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) A habilitation center for persons with intellectual disability or persons with related conditions, funded in whole or in part by the Department of Behavioral Health and Developmental Disabilities, must be under the supervision of a licensed nursing home administrator or a qualified intellectual disability professional who has been determined by the department to have the requisite training and experience.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2E8676CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="43AD9042" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7BB33617" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="62515811" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="61745F24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Pursuant to 2011 Act No. 47, § 14(B), the Code Commissioner substituted "intellectual disability" for "mentally retarded" and "person with intellectual disability" or "persons with intellectual disability" for "mentally retarded".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="24024D36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="54B830F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1997 Act No. 66, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D2A215E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6E7E05AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-40. Issuance of license; qualifications and requirements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="53A19A1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The board shall issue a nursing home administrator license to a person who submits evidence satisfactory to the board that the person:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="58610951" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) is at least twenty-one years of age;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="731B86D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) has not been convicted of any criminal act that is relevant to the practice of nursing home administration, including financial misconduct or physical violence;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1DB8C7FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) is of reputable and responsible character and is of sound physical and mental health sufficient to perform the duties of a nursing home administrator;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="719FA5C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4)(a) has a baccalaureate degree or higher in health care administration or related health care degree from an accredited college or university and one year of practical experience in nursing home administration or related health care administration;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4152F281" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) has a baccalaureate degree other than in health care administration from an accredited college or university and two years of practical experience in nursing home administration or related health care administration;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="45B1B87E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) has a health-related associates degree from an accredited college or university and three years of practical experience in nursing home administration or related health care administration; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1B83704B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) has a combination of education and experience as established by the board in regulation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2984993B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) has successfully completed the nursing home administrators' examination administered by the board; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="42CBF71D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) has paid the applicable fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="18B9D734" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The board shall issue a community residential care facility administrator license to a person who submits evidence satisfactory to the board that the person:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3101CE2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) is at least twenty-one years of age;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="493A697C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(2) has not been convicted of any criminal act that is relevant to the practice of community residential care facility administration, including financial misconduct or physical violence;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3FFC0A72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) is of reputable and responsible character and is of sound physical and mental health sufficient to perform the duties of a community residential care facility administrator;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="78F508A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4)(a) has a nonhealth-related associates degree or is a licensed practical nurse with at least one year of on-site work experience of at least three hundred eighty-four hours with supervisory and direct resident care responsibilities under the supervision of a licensed community residential care facility administrator;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5CF4D6A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) has a health-related associates degree with at least nine months of on-site work experience of at least two hundred eighty-eight hours with supervisory and direct resident care responsibilities under the supervision of a licensed CRCFA;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6028A9EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) has a baccalaureate degree or higher with at least six months of on-site work experience of at least one hundred ninety-two hours with supervisory and direct resident care responsibilities under the supervision of a licensed CRCFA;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1F7C3534" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) has a combination of education and experience as established by the board in regulation; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4FCF7CF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) provided, however, a person initially licensed as a community residential care facility administrator before July 1, 2000, must have at least a high school diploma or the equivalent and at least two years of on-site work experience with supervisory and direct resident care responsibilities under the supervision of a licensed community residential care facility administrator;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1EB1D62C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) has successfully completed the community residential care facility administrators' examination administered by the board and has paid the established fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4CBDE618" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The board may establish qualifications in regulation for the issuance of a combined nursing home administrator and community residential care facility administrator license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="63C05EFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) An applicant for a nursing home administrator license or a community residential care facility administrator license shall undergo a state fingerprint review to be conducted by the State Law Enforcement Division to determine state criminal history and a federal fingerprint review to be conducted by the Federal Bureau of Investigation to determine other criminal history. In addition to the fingerprint fee, the results of the reviews must be furnished to the board by the applicant before initial licensur</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>e.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="13A66FCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) An applicant for a nursing home administrator license or a community residential care facility administrator license shall provide a current credit report before initial licensure.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="31570096" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) An application must be submitted on forms prescribed by the department and developed in consultation with the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="025A2318" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7C817493" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1; 2014 Act No. 271 (H.4550), § 2, eff June 9, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="250A6072" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3915C03D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1962 Code § 56-1703; 1970 (56) 2085; 1980 Act No. 390, § 2; 1987 Act No. 172, § 2; 1990 Act No. 605, § 1; 1997 Act No. 66, § 1; 1976 Code § 40-35-30.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="239D05BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4694350B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 271, § 2, in subsection (A)(4)(a) substituted "or higher in health care administration or related health care degree" for "in nursing home administration or related health care administration"; added subsection (A)(4)(c); redesignated former subsection (A)(4)(c) as (A)(4)(d); and rewrote subsection (B).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2DC2726C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4F66C4BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-45. Transferability of license; renewal and reinstatement; licensure of persons holding license in another jurisdiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0B57A427" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) A nursing home administrator's license or a community residential care facility administrator's license is not transferable.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="40BEB092" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A license must be renewed upon dates established by the department. A licensee must submit an application for renewal, payment of the renewal fee, and proof of compliance with continuing education requirements established by the board in regulation. If a license is not renewed in accordance with this subsection, the license lapses on the expiration date. Further practice may be sanctioned as unlicensed practice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6D11922C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A nursing home administrator or community residential care facility administrator previously licensed in this State whose license has lapsed for failure to renew on or before the expiration date of the license may seek reinstatement of the license within one year of the expiration date by submitting an application with the renewal fee, payment of a penalty as provided in the fee schedule, proof of compliance with continuing education requirements, and an affidavit that he or she has not engaged in prac</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>tice as an administrator during the period in which the license was lapsed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2B3104BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) If a license has lapsed for more than one year, the individual shall submit an initial application and satisfy the requirements of Section 40-35-40 to become relicensed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="57EEA4AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The board may deny renewal to an applicant who has committed an act that would be grounds for disciplinary action.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="41502BCB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The board may issue a nursing home administrator's license or a community residential care facility administrator's license to a person who holds a current license as a nursing home administrator or community residential care facility administrator from another jurisdiction if the board finds that the standards for licensure in the other jurisdiction are at least the substantial equivalent of those in this State and if the applicant has passed the national and South Carolina portions of the licensure e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>xamination and is otherwise qualified.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="56D417A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="073B5945" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7DCB463C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="145D65DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-50. Fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="59967BAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Initial fees must be established by the board in regulation and shall serve as the basis for necessary adjustments in accordance with Chapter 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="24077457" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Licensure application fees are nonrefundable.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="541FE4D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2CCF4EB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2026ABD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6F69B42A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1962 Code § 56-1705; 1970 (56) 2085; 1972 (57) 2621; 1979 Act No. 131, § 1; 1980 Act No. 390, § 4; 1990 Act No. 605, § 1; 1997 Act No. 66, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="08C1A792" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6104A8A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-60. Rules and regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="57D9A870" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The board may adopt rules governing its proceedings and may promulgate regulations necessary to carry out the provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C67EE5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="087CAB46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="48462DC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6CAEEB23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1962 Code § 56-1704; 1970 (56) 2085; 1980 Act No. 390, § 3;1990 Act No. 605, § 1; 1997 Act No. 66, § 1; 1976 Code § 40-35-40.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E3B8D0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5A6AEC7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-70. Additional powers and duties of the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6992621E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In addition to the powers and duties provided for in this chapter, the board has those powers and duties set forth in Chapter 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="326F1A80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3BF45FF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4AEF81E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0858074B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1997 Act No. 66, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="74CF8142" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="555113E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-80. Investigation of complaints and violations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5F61607E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department on behalf of the board shall investigate complaints and violations of this chapter as provided for in Chapter 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="148B9C31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2751F625" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5C5C9780" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="351AF729" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1997 Act No. 66, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="70413334" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4661244B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-90. Disciplinary action in accordance with Administrative Procedures Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="35242DA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The board in accordance with the Administrative Procedures Act may take disciplinary action authorized by Chapter 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5F10A99B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5DADA6BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3B71AC0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="27A1EBDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1997 Act No. 66, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C2916EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6F15C0CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-100. Cease and desist orders; temporary restraining orders.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7FCD6F5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In addition to other remedies provided for in this chapter, the board in accordance with Chapter 1 also may issue a cease and desist order or may petition an administrative law judge for a temporary restraining order or other equitable relief to enjoin a violation of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D773F64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0FE2DCFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="500753CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="24C22CBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1997 Act No. 66, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="69DBE50E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="148651DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-110. Misconduct.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="397851B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Misconduct, which constitutes grounds for revocation, suspension, or other restriction of a license or a limitation or other discipline of a licensee, is a satisfactory showing to the board of any grounds for disciplinary action stated in Chapter 1 or:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4F39C7D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(1) acting in a manner inconsistent with the health or safety of the patients of the nursing home or community residential care facility;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="118229D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) failing to ensure that the nursing home or community residential care facility in which he is an administrator complies with the provisions of law and regulations of the licensing or supervising authority or agency, whether federal, state, or local, having jurisdiction over the operation and licensing of the nursing home or community residential care facility;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6DE9F930" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) intentional or knowing, direct or indirect, violation of or the aiding and abetting in the violation of this chapter or a regulation promulgated under this chapter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="27B8EEEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) failing to operate a nursing home or community residential care facility in a manner that ensures the safety, health, and welfare of the patients;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="53D08C9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) use of a false, fraudulent, or forged statement in the practice of nursing home administration or community residential care facility administration;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2288FC16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) supervising or aiding an unlicensed person in the practice of nursing home administration or community residential care facility administration;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="47EAE6C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) permitting unauthorized disclosure of information relating to a patient in a nursing home or community residential care facility under his administration;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2C83B2BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) use of alcohol, drugs, or controlled substances to such a degree as to adversely affect the ability to act as a nursing home administrator or community residential care facility administrator;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="11C32D48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) a mental or physical disability or addiction which renders further practice dangerous to the public or to the patients of the nursing home or community residential care facility;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3600BCCC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) conviction of, or pleading guilty or nolo contendere to, a felony, a crime involving the safety, health, or welfare of a patient, or any other crime involving moral turpitude. The license of a person who is convicted of, or who pleads guilty or nolo contendere to, such crime immediately may be suspended temporarily pending final disposition of a disciplinary proceeding to be commenced upon the conviction or the entry of the plea of guilty or nolo contendere. A person who is suspended must be reinstate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>d immediately upon the filing of documentation, satisfactory to the board, that the conviction has been reversed. Reinstatement does not terminate a disciplinary action pending against the person. The license of a person may be suspended immediately pending final disposition of a disciplinary proceeding if the board has probable cause to believe that continued practice as a nursing home administrator or community residential care facility administrator by the licensee constitutes harm to the safety, health,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> or welfare of patients in a nursing home or community residential care facility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5BB9BACA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3FFFA032" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="516C094E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1926A4D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1962 Code § 56-1714; 1970 (56) 2085; 1990 Act No. 605, § 1; 1976 Code § 40-35-130.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="470B7FA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="63A6A985" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-115. Jurisdiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4E3C4BC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The board has jurisdiction over the actions of licensees and former licensees as provided for in Chapter 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CD990F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="492DAFD0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5DC8EDE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4D9B135A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1997 Act No. 66, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6980D787" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="41CA0951" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-120. Disciplinary action; civil penalties; documentation of participation in education or treatment program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3E8A223F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) The board may take disciplinary action against a person as provided for in Chapter 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="49BF9079" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The board may assess civil penalties of not more than one thousand dollars per violation, not to exceed a total of ten thousand dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="49E14631" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The board may require documented participation in education programs and in treatment for mental or physical impairments or addiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0A9A5581" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5A327A86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6CB00D69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2DBA3016" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1997 Act No. 66, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="41BBBC7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="690801B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-130. Denial of licensure.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3D0ACA90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As provided for in Chapter 1, the board may deny licensure to an applicant based on the same grounds for which the board may take disciplinary action against a licensee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D351085" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2B678CAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 56-1714; 1970 (56) 2085; 1990 Act No. 605, § 1; 1997 Act No. 66, § 1; 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C697338" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6189A2BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-150. Voluntary surrender of license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="07487330" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>A licensee under investigation for a violation of this chapter or a regulation promulgated under this chapter may voluntarily surrender the license in accordance with Chapter 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6642581A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4A0DEE1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4F4E1013" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7527B675" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1997 Act No. 66, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="51A596B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="36D2B957" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-160. Appeal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2317A82E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person aggrieved by a final action of the board may seek review of the decision in accordance with Chapter 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="46A8BAEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4450621C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="77BBDA55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="31D3F104" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1997 Act No. 66, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="367C4B90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5B002576" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-170. Payment of investigation and prosecution costs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="180B612D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person found in violation of this chapter or a regulation promulgated under this chapter may be required to pay costs associated with the investigation and prosecution of the case in accordance with Chapter 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F2507B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5A13BAA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="171E6370" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="407D6BC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1997 Act No. 66, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="669E4DD0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="35273C04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-180. Payment of costs and fines.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="19EEFE51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>All costs and fines imposed pursuant to this chapter must be paid in accordance with and are subject to the collection and enforcement provisions of Chapter 1 and to the collection provisions of the Department of Revenue for delinquent fines.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7867ED15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="060193F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="47F60373" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="19263F42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1997 Act No. 66, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5901F2D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="69C84B50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-190. Confidentiality of investigations and proceedings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="57AA9E52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Investigations and proceedings conducted under this chapter are confidential, and all communications are privileged as provided for in Chapter 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CF050F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7CE839BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="518C54F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="312C22CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1997 Act No. 66, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03F88063" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1F502681" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-200. Licensure requirement; criminal and civil penalties for violation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="370386D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) It is unlawful for a person to administer, manage, or supervise, or be in administrative charge of a nursing home, community residential care facility, or habilitation center for persons with intellectual disability or persons with related conditions, unless the person is licensed in accordance with this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="72D972FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) It is unlawful for a person to act or serve in the capacity of a nursing home administrator or community residential care facility administrator unless the person is licensed in accordance with this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7F78D740" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A person who violates subsection (A) or (B) is guilty of a misdemeanor and, upon conviction, must be fined not more than fifty thousand dollars or imprisoned not more than one year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="160347A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A person who violates subsection (A) or (B) is subject to a civil penalty imposed by the board of not more than two hundred dollars per day, not to exceed a total of twenty thousand dollars and may be sanctioned in accordance with Section 40-35-130.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D7878B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="31630DA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1; 2014 Act No. 271 (H.4550), § 3, eff June 9, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="31BE0A95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4E62BE2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Pursuant to 2011 Act No. 47, § 14(B), the Code Commissioner substituted "intellectual disability" for "mentally retarded" and "person with intellectual disability" or "persons with intellectual disability" for "mentally retarded".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5B457A29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2E0FDB0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1997 Act No. 66, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4C32C132" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4A7A58AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 271, § 3, in subsection (B), inserted "community" before "residential care facility administrator".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="09AE6771" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="077869B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-210. Injunctive relief.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1B7FAA8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>The department, at the written request of the board and in accordance with Chapter 1, may petition an administrative law judge, in the name of the State, for injunctive relief against a person violating this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1E2C3156" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0E749998" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="119348E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3C6B9EE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1997 Act No. 66, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7F1E548D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0AE28244" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-250. Construction of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="55E32635" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The provisions of this chapter are intended to be consistent with the applicable federal and state law and must be so construed, whenever necessary, to achieve this consistency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2853704A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6C024D5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="54AD95B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1C0D7598" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1997 Act No. 66, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5B424CDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7CBA6906" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-35-260. Severability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="124516F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>In the event that any provision of this chapter is declared unconstitutional or invalid or that the application of any provision to any person or circumstance is held invalid, the applicability of the provision to other persons and circumstances and the constitutionality or validity of every other provision of this chapter is not affected.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="72842BD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="06BB3E33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 293, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="72EE4FF7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6DC0A928" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1997 Act No. 66, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -5320,51 +6495,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -5801,66 +6976,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>