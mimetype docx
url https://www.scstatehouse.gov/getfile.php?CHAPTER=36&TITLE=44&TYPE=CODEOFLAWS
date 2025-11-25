--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,4068 +1,4457 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9f9875ff4e2f4f78" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0286949981db4ca893d3ee164c9ac4d7.psmdcp" Id="Rc3729ef0dcbb4cd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1b8b5997d31e4b1f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc9723743d1545fbbfd65c8cf4c43746.psmdcp" Id="R41b85e503fe04214" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0067139B" w:rsidRDefault="0067139B" w14:paraId="2CE47F79" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="51430031" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1B25C372" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Alzheimer's Disease and Related Disorders</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3E3360DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5038FE51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="45F5FAE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Alzheimer's Disease Registry</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5CA794B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5587E638" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-36-10. Establishment of Registry; purpose and functions; sources of data.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6F9D34BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) There is established within the University of South Carolina School of Public Health the Alzheimer's Disease Registry to provide a central information data base on individuals with Alzheimer's disease or related disorders to assist in the development of public policy and planning.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4EE9A670" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The functions of the registry include, but are not limited to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2CA881CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) collecting data to evaluate the incidence, prevalence, and causes of Alzheimer's disease and related disorders in South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4D207655" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) providing information for policy planning purposes; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6E0E1561" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) providing nonidentifying data to support research on Alzheimer's disease and related disorders.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3F219C86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) In gathering data the registry shall rely upon, to the extent possible, data from existing sources; however, the registry may contact families and physicians of persons reported to the registry for the purpose of gathering additional data and providing information on available public and private resources. The registry is authorized to conduct follow-back studies, prospective studies of the progression and treatment of Alzheimer's disease and related disorders, and research on caregiving for individual</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>s with Alzheimer's disease or a related disorder, on services used by individuals with Alzheimer's disease or a related disorder, and on causes of Alzheimer's disease and related disorders that examine risks associated with area of residence. Patient contact following data received from the Revenue and Fiscal Affairs Office must be done in accordance with regulations approved by the South Carolina Data Oversight Council and promulgated by the Revenue and Fiscal Affairs Office. Caregivers must provide inform</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ed consent to participate in research on caregiving.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="631D361E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="62E2024F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 532, § 1; 1995 Act No. 75, § 1; 2009 Act No. 31, § 1, eff June 2, 2009.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="10607592" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="07883B35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Pursuant to the directive to the Code Commissioner in 2018 Act No. 246, § 10, "Revenue and Fiscal Affairs Office" was substituted for all references to "Office of Research and Statistics of the Revenue and Fiscal Affairs Office".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="04309B9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="779768F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-36-20. Advisory committee; membership; duties; prohibition against compensation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0AD80C61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The School of Public Health shall appoint an advisory committee to assist in maintaining this registry which must include, but is not limited to, a representative of:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3E98DC57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) South Carolina Alzheimer's Association chapters;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="21525F17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) American Association of Retired Persons, South Carolina Chapters;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3B73F73A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Clemson University;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4893F8A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Office of Intellectual and Developmental Disabilities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="090E0E96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Department of Health and Environmental Control;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="098C4E16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) Office of Mental Health;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="21E18C31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) Department of Social Services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1367D753" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) Department of Health and Human Services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="39E1B873" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(9) Medical University of South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="617802A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) National Association of Social Workers, South Carolina Chapter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="269831BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) South Carolina Adult Day Care Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7C7A4DE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(12) South Carolina Association of Area Agencies on Aging;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="79A24BF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) South Carolina Association of Council on Aging Directors;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="47215FA9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(14) South Carolina Association of Nonprofit Homes for the Aging;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6D417C1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(15) South Carolina Association of Residential Care Homes;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6BEC40D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(16) South Carolina Health Care Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="29059633" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(17) South Carolina Home Care Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="75058CB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(18) South Carolina Hospital Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6D342124" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(19) South Carolina Medical Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7E00B30D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(20) South Carolina Nurses' Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="79AEFB2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(21) Alzheimer's Disease and Related Disorders Resource Coordination Center of the Department on Aging;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0E4088EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(22) University of South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5B788B66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(23) South Carolina State University.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="371A8CBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The advisory committee shall assist the registry in:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4E3E45B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(1) defining the population to be included in the registry including, but not limited to, establishing criteria for identifying patient subjects;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2269915D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) developing procedures and forms for collecting, recording, analyzing, and disseminating data;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7AF0B2FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) developing protocols and procedures to be disseminated to and used by health care providers in identifying subjects for the registry;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="69DA87E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) developing procedures for approving research projects or participation in research projects.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="37E92C2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Members of the advisory committee are not entitled to mileage, per diem, subsistence, or any other form of compensation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="688FD9CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="419DA0BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 532, § 1; 1993 Act No. 181, § 1101; 1995 Act No. 75, § 1; 2018 Act No. 261 (S.107), Pt I, § 14, eff January 1, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3F7D69E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7B27EA3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3A578DA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3BB4FE59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 261, § 14, in (A), in (21), substituted "of the Department on Aging" for ", Office of the Governor, Division on Aging".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7EDEF9C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7E895AF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-36-30. Confidentiality; release of identifying information upon consent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="72FB78F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The School of Public Health and all persons to whom data is released shall keep all patient information confidential. No publication of information, biomedical research, or medical data may be made which identifies the patients. For purposes of maintaining this registry, the School of Public Health may access appropriate confidential data reported to the Revenue and Fiscal Affairs Office in accordance with Section 44-6-170.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5A2BBB6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Except for use in collecting data on deaths from the Bureau of Vital Statistics, Department of Health and Environmental Control, no identifying information collected or maintained by the registry may be released unless consent is obtained from the subject or the subject's legal representative.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4C430412" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="49E639AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 532, § 1; 1995 Act No. 75, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4407E152" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7BB05EAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-36-40. Immunity from liability for divulging confidential information.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7ECE5482" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Neither the registry or the School of Public Health nor a person, medical facility, or other organization providing or releasing information in accordance with this article may be held liable in a civil or criminal action for divulging confidential information unless the person or organization acted in bad faith or with malicious purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="23436C19" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="728DB5E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1995 Act No. 75, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0FAF2A79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5D20E9D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-36-50. Annual report requirement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="264E949D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>The registry shall submit an annual report to the Alzheimer's Disease and Related Disorders Resource Coordination Center of the Department on Aging, the Department of Health and Environmental Control, and the Revenue and Fiscal Affairs Office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0F642BC2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="656A8193" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1995 Act No. 75, § 1; 2018 Act No. 261 (S.107), Pt I, § 15, eff January 1, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6335B452" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="63B08485" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Pursuant to the directive to the Code Commissioner in 2018 Act No. 246, § 10, "Revenue and Fiscal Affairs Office" was substituted for all references to "Office of Research and Statistics of the Revenue and Fiscal Affairs Office".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="087AE171" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="43E70FB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 261, § 15, deleted "Office of the Governor, Division on Aging," following "annual report to", and inserted "of the Department on Aging" following "Coordination Center".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5DD8713C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="38CA356E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5C601C86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Alzheimer's Disease and Related Disorders Resource Coordination Center</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="183C4418" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7435BAF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-36-310. Alzheimer's Disease and Related Disorders Resource Coordination Center created; purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7B2333FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In the Department on Aging, there is created the Alzheimer's Disease and Related Disorders Resource Coordination Center to provide statewide coordination, service system development, information and referral, and caregiver support services to individuals with Alzheimer's disease and related disorders, their families, and caregivers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7341E08E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="190FA10D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 326, § 1; 2012 Act No. 218, § 1, eff June 7, 2012; 2018 Act No. 261 (S.107), Pt I, § 16, eff January 1, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1D50451B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="10AAB066" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 261, § 16, substituted "In the Department on Aging, there is created" for "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>There is created in the Office of the Lieutenant Governor, Division on Aging,".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4A78B874" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="062594A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-36-320. Duties of center.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="497A0480" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The center shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="574F3B94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) initiate the development of systems which coordinate the delivery of programs and services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="628C4B99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) facilitate the coordination and integration of research, program development, planning, and quality assurance;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="62B1D465" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) identify potential users of services and gaps in the service delivery system and expand methods and resources to enhance statewide services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="51D54810" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) serve as a resource for education, research, and training and provide information and referral services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="53550402" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) provide technical assistance for the development of support groups and other local initiatives to serve individuals, families, and caregivers;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0C16C0E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(6) recommend public policy concerning Alzheimer's disease and related disorders to state policymakers;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5C21D642" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) submit an annual report to the Chairman of the Medical Affairs Committee of the Senate and the Chairman of the Medical, Military, Public and Municipal Affairs Committee of the House of Representatives in addition to publishing the report on the Governor's website;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0C8E770F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) facilitate the coordination and integration of educational initiatives for health care providers on the importance and value of early detection and timely diagnosis of cognitive impairment, validated cognitive assessment tools, and increasing understanding and awareness of early warning signs of Alzheimer's disease and other types of dementia and how to reduce the risk of cognitive decline;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="59E27225" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) convene the advisory council to update the statewide plan to address Alzheimer's disease and related dementias;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0712BBA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) when updating the statewide plan, the advisory council must solicit input from the Department of Health and Environmental Control, the Department of Health and Human Services, and the Department of Social Services to ensure the formulation of a comprehensive statewide plan that meets the needs of the State; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3F71EE17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(11) submit an annual report to the Governor and the General Assembly by September thirtieth concerning progress toward fulfilling the statewide plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C457FFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="34875DCD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 326, § 1; 2012 Act No. 218, § 1, eff June 7, 2012; 2018 Act No. 261 (S.107), Pt I, § 17, eff January 1, 2019; 2019 Act No. 20 (S.205), § 1, eff April 26, 2019; 2023 Act No. 62 (S.569), § 1, eff May 19, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4D584B59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2A174C1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2023 Act No. 62, § 3, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1196C8FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 3. The statewide plan to address Alzheimer's disease and related dementias must be updated in 2028 and every five years thereafter."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5497DE12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="118CD30F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 261, § 17, in (7), substituted "Governor's website" for "Lieutenant Governor's website".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="770222DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 20, § 1, added (8), providing for an additional duty to facilitate and coordinate early detection educational initiatives for health care providers.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="11DFB09E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2023 Act No. 62, § 1, added (9) to (11) and made a nonsubstantive change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="32D5C980" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="034958D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-36-330. Advisory council; membership; compensation of members.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7A0A452C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Alzheimer's Disease and Related Disorders Resource Coordination Center must be supported by an advisory council appointed by the Governor including, but not limited to, representatives of:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="67A56AFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Alzheimer's Association Chapters;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4226B0F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) American Association of Retired Persons;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6DB64A9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Clemson University;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="434A0DED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Office of Intellectual and Developmental Disabilities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="45823829" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Department of Health and Environmental Control;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0B383DC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) Office of Mental Health;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="332FC5D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(7) Department of Social Services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="63D96EC2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) Department of Health and Human Services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="323A3071" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(9) Medical University of South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3B3EDA8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) National Association of Social Workers, South Carolina Chapter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4A43D0BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) South Carolina Adult Day Care Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="745F0601" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) South Carolina Association of Area Agencies on Aging;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5D879670" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) South Carolina Association of Council on Aging Directors;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="701AE22C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(14) South Carolina Association of Nonprofit Homes for the Aging;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6A35D82B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(15) South Carolina Association of Residential Care Homes;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="77BE6FD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(16) South Carolina Health Care Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="16761A22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(17) South Carolina Home Care Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1441C91E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(18) South Carolina Hospital Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="35E6D1EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(19) South Carolina Medical Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="285847FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(20) South Carolina Nurses' Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2DBD464B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(21) Statewide Alzheimer's Disease and Related Disorders Registry;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7888996E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(22) University of South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2015738A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(23) South Carolina State University.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="60044C1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Members of the advisory council are not entitled to mileage, per diem, subsistence, or any other form of compensation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5D3AD777" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The advisory council shall maintain and update a statewide plan to address Alzheimer's disease and related dementias. The plan must be updated every five years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="354BF419" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="27449F47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 326, § 1; 1994 Act No. 326, § 3; 2012 Act No. 218, § 1, eff June 7, 2012; 2018 Act No. 261 (S.107), Pt I, § 18, eff January 1, 2019; 2023 Act No. 62 (S.569), § 2, eff May 19, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2E9E4F7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="78423982" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2A668D08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6C11BE01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2023 Act No. 62, § 3, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1565C99C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 3. The statewide plan to address Alzheimer's disease and related dementias must be updated in 2028 and every five years thereafter."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="39B3EA66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0EA48E82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 261, § 18, in (A), substituted "Governor" for "Lieutenant Governor".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2C26768F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2023 Act No. 62, § 2, added (C).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="15A7F5A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="13D9B066" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3397FF2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Special Care Disclosure</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="777AAD45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4AFEE251" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-36-510. Short Title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5D3C5583" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This article may be cited as the "Alzheimer's Special Care Disclosure Act"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B811D91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4CABDBFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="67392CB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="70DBB83F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-36-520. Information respecting form of Alzheimer's care or treatment provided.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="09A923F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A nursing home, community residential care facility, or day care facility for adults licensed by the Department of Health and Environmental Control which offers to provide or provides an Alzheimer's special care unit or program must include in its policies and procedures and disclose to the responsible party seeking a placement within the Alzheimer's special care unit or program, the form of care or treatment provided that distinguishes it as being especially applicable to or suitable for persons with Alzh</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>eimer's disease. The information that distinguishes the form of care or treatment shall include criteria for admission, transfer, and discharge; care planning; staffing patterns; staff training; physical environment; resident and participant activities; family role in care; and unique costs to the resident or participant associated with specialized service delivery.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="50011C5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="53544B5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -4073,51 +4462,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -4554,66 +4943,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>