--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,500 +1,481 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd252b8e0f939431a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a81ad2c8d034f62bcf7a33151e85e32.psmdcp" Id="R8893b26765c74267" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbcc16588511741e5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9fcdf832a3d14a3286445d99bb0b7c0d.psmdcp" Id="R8a6b9119f4cf44a0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="31C7C8EE" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="42966BFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CHAPTER 36</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2004DA49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>CHAPTER 36</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>South Carolina Forest Best Management Practices Act</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="00AF5674" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0EE65E7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-36-10. Short title.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7EA7DBC2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>This chapter may be cited as the "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>South Carolina Forest Best Management Practices Act".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1B9ACD76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="526A6E06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>South Carolina Forest Best Management Practices Act</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1995 Act No. 50, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B599FD8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3F6940EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-36-20. Definitions.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="042900D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...143 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For the purposes of this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0C01AB37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(1) "Silvicultural activity" means multiple-use forest management activity including, but not limited to, the harvesting of timber, construction of roads and trails for forest management purposes, and preparation of property for reforestation.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="05E38DED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Best Management Practices" means a set of guidelines for silvicultural activities to protect water quality, air quality, soil quality and productivity, wildlife habitat, and the aesthetic integrity of the forest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="634D9C27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5CB5D3A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1995 Act No. 50, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="57BBCF96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2793D518" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-36-30. Designated agency; duties.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7CC1D873" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State Commission of Forestry is the designated agency in South Carolina to provide public oversite and guidance for technical forest management practices and related activities in laws pertaining to forest lands. To carry out this charge, the commission may enter into contracts and memorandums of understanding with other state or federal agencies. The commission shall establish Best Management Practices, related monitoring programs, and other programs to assure that forestry practices are in compliance</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with state and federal regulations.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1D2BEA5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4ABE5116" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with state and federal regulations.</w:t>
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1995 Act No. 50, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -505,51 +486,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -986,66 +967,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>