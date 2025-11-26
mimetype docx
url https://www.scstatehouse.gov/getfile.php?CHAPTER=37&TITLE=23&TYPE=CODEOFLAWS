--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -1,1330 +1,1203 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9187341bdb184fb2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec18caa40d7849e091500fa710657dbc.psmdcp" Id="R29580b9a4d814bb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R65ae30ee2f8e4dec" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f3a803fa5db847b58eff463bf4d86c18.psmdcp" Id="R4658c2f6e7f648cd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00BA713F" w:rsidRDefault="00BA713F" w14:paraId="2030BB47" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5D156793" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="14BF17DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Safety Glazing Materials</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6D859BE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4A799BD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-37-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="23AD9F76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>As used in this chapter, words and phrases have the meaning ascribed to them in this section:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="77ECAFE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) "Safety glazing material" means any glazing material, such as tempered glass, laminated glass, wire glass or rigid plastic, which meets the test requirements of the American National Standards Institute Standard (ANSI Standard) Z-97.1-1972, and which are so constructed, treated, or combined with other materials as to minimize the likelihood of cutting and piercing injuries resulting from human contact with the glazing material.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="39334FE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) "Hazardous locations" means those structural elements, glazed or to be glazed, in residential buildings and other structures used as dwellings, commercial buildings, industrial buildings, and public buildings, known as interior and exterior commercial entrance and exit doors and the immediately adjacent flat fixed glazed panels, sliding glass door units including the fixed glazed panels which are part of such units, storm or combination doors, shower and bathtub enclosures, primary residential entrance</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> and exit doors and the fixed or operable adjacent sidelites, whether or not the glazing in such doors, panels and enclosures is transparent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6751BA3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) "Residential buildings" means buildings such as homes and apartments used as dwellings for one or more families or persons.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1D4BBD4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) "Other structures used as dwellings" means buildings such as mobile homes, manufactured or industrialized housing and lodging homes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3A982BC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) "Commercial buildings" means buildings such as wholesale and retail stores and storerooms, and office buildings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="74C56032" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) "Industrial buildings" means buildings such as factories.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3127FB83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) "Public buildings" means buildings such as hotels, hospitals, motels, dormitories, sanitariums, nursing homes, theatres, stadiums, gymnasiums, amusement park buildings, schools and other buildings used for educational purposes, museums, restaurants, bars, correctional institutions, places of worship, and other buildings of public assembly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0AF4E26D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) "Commercial entrance and exit door" means a hinged, pivoting, revolving, or sliding door which is glazed or to be glazed and used alone or in combination with other doors (other than doors covered by item (j) of this section), on interior or exterior walls of a commercial, public or industrial building as a means of passage, ingress or egress.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="68AB350A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(i) "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Fixed flat glazed panels immediately adjacent to entrance or exit doors" means the first fixed flat glazed panel on either or both sides of interior or exterior doors, forty-eight inches or less in width, the nearest vertical edge of which is located within six feet horizontally of the nearest vertical edge of the door.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6126A912" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(j) "Sliding glass door units" means an assembly of glazed or to be glazed panels contained in an overall frame, installed in residential buildings and other structures used as dwellings, commercial, industrial or public buildings, and so designed that one or more of the panels is movable in a horizontal direction to produce or close off an opening for use as a means of passage, ingress or egress.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6983017A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(k) "Storm or combination door" means a door which is glazed or to be glazed, and used in tandem with a primary residential or commercial entrance and exit door to protect the primary residential or commercial entrance or exit door against weather elements, and to improve indoor climate control.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0147A466" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(l) "Shower enclosure" means a hinged, pivoting, or sliding door and fixed panels which are glazed or to be glazed and used to form a barrier between the shower stall and the rest of the room area.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="49C2B1D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(m) "Bathtub enclosure" means a sliding, pivoting, or hinged door and fixed panels which are glazed or to be glazed and used to form a barrier between the bathtub and the rest of the room area.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7C508B53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(n) "Primary residential entrance and exit door" means a door (other than doors covered by item (j) of this section) which is glazed or to be glazed and used in an exterior wall of a residential building and other structures used as dwellings, as a means of ingress or egress.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6B61D7D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(o) "Glazing" means the act of installing and securing glass or other glazing material into prepared openings in structural elements such as doors, enclosures, and panels.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="02CE99D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(p) "Glazed" means the accomplished act of glazing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6D5BBE99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="2D268DF7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-1421; 1973 (58) 297.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="384CE58D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3C0212FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-37-20. Safety glazing labeling.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3DA5AA30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Each lite of safety glazing material manufactured, distributed, imported, or sold for use in hazardous locations, or installed in such a location, within the State of South Carolina shall be permanently labeled by such means as etching, sandblasting, firing of ceramic material, hot-die stamping, transparent pressure sensitive labels, or by other suitable means. The label shall identify the seller, whether manufacturer, fabricator, or installer, the nominal thickness and the type of safety glazing mater</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ial, and the fact that the material meets the test requirements of the American National Standards Institute Standard (ANSI Standard) Z-97.1-1972.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5E9D8EBA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The label must be legible and visible after installation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="72C683C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Such safety glazing labeling shall not be used on other than safety glazing materials.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73A1118F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="528651A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-1422; 1973 (58) 297.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4C7DAB5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3440B4DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-37-30. Glazing material, unlawful provisions, exceptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5EF590DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>It shall be unlawful within this State to knowingly sell, fabricate, assemble, glaze, install, cause to be installed or consent to installation of glazing materials other than safety glazing materials in any hazardous location in the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="710FE5C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5270A45D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-1423; 1973 (58) 297.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3390031A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="40568CBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-37-40. Liability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="2615A974" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>No liability under this chapter shall be created as to workmen who are employees of a material supplier, contractor, subcontractor, or other employee responsible for compliance with this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4742F20C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="254B509B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-1424; 1973 (58) 297.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5DD9FD2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="364F14A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-37-50. Penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="69D90828" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any person who violates the provisions of this chapter shall be deemed guilty of a misdemeanor and upon conviction shall be fined not less than five hundred dollars nor more than ten thousand dollars, or be imprisoned for not more than one year, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F57BD35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="516C8FC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-1425; 1973 (58) 297.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="330A8ADE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="23E5D27A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-37-60. Application of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3E7614F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter applies only to installations and replacements made after July 1, 1974, and shall not apply to contracts awarded or pursuant to an invitation for bids accomplished before July 1, 1974.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7ADFD93A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="50BFFBE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-1426; 1973 (58) 297.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1335,51 +1208,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1816,66 +1689,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>