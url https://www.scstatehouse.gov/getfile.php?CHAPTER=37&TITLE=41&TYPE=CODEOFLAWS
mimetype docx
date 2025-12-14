--- v0 (2025-10-27)
+++ v1 (2025-12-14)
@@ -1,712 +1,765 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R19b53ad97a174219" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6bcc5fa6807e407f89b06a0895ab1d6f.psmdcp" Id="Rca0717d4acb6480f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd88a730e58ee4b51" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abac981c9af746b8b250301430cfe324.psmdcp" Id="R13581afd456240cf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00452FF4" w:rsidRDefault="00452FF4" w14:paraId="3EEE7B94" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5671854E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="54B6DF37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Employment and Workforce - Employer's Coverage</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="30F6CEEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="0FB7CB69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-37-10. Period of coverage generally.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="1FCD3F4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Except as provided in Section 41-37-20, any employing unit which is or becomes an employer subject to Chapters 27 through 41 of this Title within any calendar year shall be subject to such chapters during the whole of such calendar year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="301310CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7E709341" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 68-251; 1952 Code § 68-251; 1942 Code § 7035-88; 1936 (39) 1716; 1939 (41) 487.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D83486A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="599F4B41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-37-20. Election as to coverage.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="20A9E8C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An employing unit not otherwise subject to Chapters 27 through 41 of this title, which files with the department its written election to become an employer subject to these chapters for not less than two calendar years, with the written approval of the election by the department, must become an employer subject to the same extent as all other employers as of the date stated in the approval and must cease to be subject to these chapters as of January first of a calendar year subsequent to the two calend</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ar years if by the thirtieth day of April of that year it has filed with the department a written notice to that effect.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="61D0D6B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) An employing unit, for which services that do not constitute employment as defined in Chapters 27 through 41 of this title are performed, may file with the department a written election that services performed by an individual in its employment in one or more distinct establishments or places of business must be considered to constitute employment by an employer for the purposes of those chapters for not less than two calendar years. On the written approval of this election by the department, these ser</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>vices must be considered to constitute employment subject to those chapters from and after the date stated in the approval. These services cease to be considered employment subject to these chapters as of January first of a calendar year subsequent to those two calendar years if by the thirtieth day of April of that year the employing unit files with the department a written notice to that effect.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5FCB34F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6500AE54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 68-252; 1952 Code § 68-252; 1942 Code § 7035-88; 1936 (39) 1716; 1939 (41) 487; 1952 (47) 1888; 1961 (52) 166; 1971 (57) 950; 1977 Act No. 161 § 22; 2010 Act No. 146, § 100, eff March 30, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="20A1965E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7B1B5A52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2010 amendment redesignated subsections (1) and (2) as (A) and (B), respectively; substituted "department" for six occurrences of "Commission"; and made other nonsubstantive changes throughout the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="14DB0129" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6CA03E44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-37-30. Termination of coverage.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="104FED97" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Except as otherwise provided in Section 41-37-20:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="09E75ACD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) As of January 1, 1972, an employing unit must cease to be an employer subject to Chapters 27 through 41 of this title only if it files with the department by the thirtieth day of April of that year an application for termination of coverage and the department finds that there were no twenty different weeks within the preceding calendar year within which the employing unit had four or more individuals in employment subject to these chapters.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5EB5FB7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) As of January 1, 1973, an employing unit shall cease to be an employer subject to Chapters 27 through 41 of this title only if it files with the department by the thirtieth day of April of a calendar year an application for termination of coverage and the department finds that there were no twenty different weeks within the preceding calendar year within which the employing unit had at least one individual in employment subject to these chapters and that there was no calendar quarter within the precedi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ng calendar year in which the employing unit paid fifteen hundred dollars or more in wages for service in employment, except that no employing unit for which service is performed in employment as defined in Section 41-27-230(3) may cease to be an employer subject to Chapters 27 through 41 of this title unless it files with the department by the thirtieth day of April of any calendar year an application for termination of coverage and the department finds that there were not twenty different weeks within the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> preceding calendar year within each of which the employing unit had four or more persons in employment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="76E3180A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) As of January 1, 1979, an employing unit, as defined in Section 41-27-230(5), must cease to be an employer subject to Chapters 27 through 41 of this title only if it files with the department by the thirtieth day of April of a calendar year an application for termination of coverage and the department finds that there were not twenty different weeks within the preceding calendar year within which the employing unit had at least ten individuals in employment subject to Chapters 27 through 41 of this tit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>le and that there was no calendar quarter within the preceding calendar year in which the employing unit paid twenty thousand dollars or more in wages for service in employment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="010AC378" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) As of January 1, 1979, an employing unit, as defined in Section 41-27-230(6), must cease to be an employer subject to Chapters 27 through 41 of this title only if it files with the department by the thirtieth day of April of a calendar year an application for termination of coverage and the department finds that there was no calendar quarter within the preceding calendar year in which the employing unit paid one thousand dollars or more in wages for service in employment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="155BF5AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(E) An employer who has rendered no employment and paid no wages in the State for a continuous period of one calendar year may submit an application for termination of coverage upon the resumption of employment in the State. However, when a successor employer acquired substantially all of the business of a predecessor employer and the experience rating reserve of the predecessor is transferred to the successor, the liability of the predecessor may be terminated at the end of the calendar year during which </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>this succession occurred, provided that the predecessor did not within the calendar year subsequent to the date of succession render employment or pay wages sufficient to remain an employer as defined in Section 41-27-210.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="71B140D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The provisions of this section must not be applicable to an employing unit for a service performed in employment as defined by Section 41-27-230(2).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="796A0089" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For the purpose of this section, the two or more employing units mentioned in items (3) and (4) of Section 41-27-210 must be treated as a single employing unit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="65EB6A3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="618933A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 68-253; 1952 Code § 68-253; 1942 Code § 7035-88; 1936 (39) 1716; 1939 (41) 487; 1952 (47) 1888; 1956 (49) 1623; 1961 (52) 453; 1971 (57) 950; 1977 Act No. 161 § 23; 2010 Act No. 146, § 101, eff March 30, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="2E72CE23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="760FBEFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2010 amendment redesignated subsections (1) through (6) as (A) through (F), respectively; substituted "department" for ten occurrences of "Commission"; and made other nonsubstantive changes throughout the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -717,51 +770,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1198,66 +1251,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>