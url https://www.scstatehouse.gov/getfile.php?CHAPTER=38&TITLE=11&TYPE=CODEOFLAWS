--- v0 (2025-10-27)
+++ v1 (2025-12-24)
@@ -1,584 +1,587 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R524908e760ff4038" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ecce5ed6ada6408b91799e37a1da9cbe.psmdcp" Id="Ra7b43e35612c48ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc0c0e69040c448d4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b3057d8973c4448ae3330837beab13a.psmdcp" Id="R4021e48cad2d43ff" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00F5347A" w:rsidRDefault="00F5347A" w14:paraId="76AAC800" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="7CB17C53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="2B6A9B57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Issuance of Capital Improvement Bonds in Denominations of Less Than One Thousand Dollars</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="67B16161" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="0419754E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 11-38-10. Applicability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="4257E810" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding the provisions of Act 1377 of 1968, with regard to the denominations of capital improvement bonds which may be issued and the price at which they may be sold, the provisions of this chapter apply to the issuance of capital improvement bonds issued in denominations of less than one thousand dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="60496DC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="61AED0CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 53, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="596CA1B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="16363686" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 11-38-20. Authorization to issue; amount; sale; sale price; maturity; interest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="00C544F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The State Fiscal Accountability Authority is authorized to provide for the issuance of capital improvement bonds in denominations of less than one thousand dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="48EE74A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Capital improvement bonds in denominations of less than $1,000 are authorized to be sold at a price less than par, plus accrued interest from their date to the date of their delivery.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="3F8D155D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) For the purpose of computing the principal amount of capital improvement bonds issued, the amount of capital improvement bonds issued in denominations less than $1,000 must be determined by the amount the State receives from the issuance of such bonds, rather than the par amount of such bonds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="6B6A178B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(D) Capital improvement bonds issued in denominations of less than $1,000 shall mature in such amounts and at such times as the State Treasurer shall determine.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="3130F881" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The requirement that capital improvement bonds be sold upon sealed proposals, after publication of notice of sale one or more times at least ten days before such sale, in a newspaper of general circulation in the State and also a financial paper published in New York City, shall not apply to the sale of capital improvement bonds in denominations of less than $1,000. The State Treasurer is authorized to develop and implement a program for the sale of capital improvement bonds in denominations of less th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>an $1,000, including the advertisement of it, that will ensure an opportunity for citizens of the State to purchase these capital improvement bonds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="77665B06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The State Treasurer shall determine the rate or rates of interest that capital improvement bonds issued in denominations of less than $1,000 shall bear.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="276C239D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="19B35C75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 53, § 2; 2014 Act No. 121 (S.22), Pt VII, § 20.F, eff July 1, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="50E21744" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="2821A37E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 121, § 20.F, in subsection (A), substituted "Fiscal Accountability Authority" for "Budget and Control Board", and made other nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="71771260" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="77EEEB20" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 11-38-30. Applicability of provisions of Act 1377 of 1968 which are not in conflict.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="3B14FD6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All provisions of Act 1377 of 1968, as amended, not inconsistent, or in conflict, with the provisions of this chapter are applicable to capital improvement bonds issued in denominations less than $1,000.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="283ED946" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00136505" w:rsidRDefault="00136505" w14:paraId="797E6814" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 53, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -589,51 +592,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1070,66 +1073,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>