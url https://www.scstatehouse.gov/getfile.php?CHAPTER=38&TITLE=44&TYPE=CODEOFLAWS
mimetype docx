--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,6727 +1,6666 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R592a9a192b0e409d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/14d9c408ec7b4c4496170cede1f0e351.psmdcp" Id="R26493c9b08ca47fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd48092695172482d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/962d6e43b04843e2b0c533db33b14090.psmdcp" Id="R1a8a7f4cd98b4d10" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0067139B" w:rsidRDefault="0067139B" w14:paraId="33DAB4D8" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2684BF6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6A2973ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Head and Spinal Cord Injuries</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6E6EA55C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="162A61F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="33E07CA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Head and Spinal Cord Injury Information System</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="348E5244" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="173AC5B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-10. Head and Spinal Cord Injury Information System created; purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4849756A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>There is created the South Carolina Head and Spinal Cord Injury Information System to provide a central information surveillance system and registry for head and spinal cord injuries.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="35543EB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="37188A6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 457, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5C8384AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="02ECF71B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="33AF1244" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this article:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="197BCB07" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Council" means the South Carolina Head and Spinal Cord Injury Information System Council established pursuant to this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="670387B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Head injury" means an insult to the skull or brain, not of a degenerative or congenital nature, but one caused by an external physical force that may produce a diminished or altered state of consciousness which results in impairment of cognitive abilities or physical functioning and possibly in behavioral or emotional functioning. It does not include cerebral vascular accidents and aneurysms.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="54572278" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Spinal cord injury" means an acute, traumatic lesion of neural elements in the spinal canal resulting in any degree of sensory deficit, motor deficit, or major life functions. The deficit or dysfunction may be temporary or permanent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="277BC42B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "System" means the South Carolina Head and Spinal Cord Injury Information System established pursuant to this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="78EF22E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1646EC7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 457, § 1; 1993 Act No. 159, § 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3FBDDDE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7B0B395F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-30. Head and Spinal Cord Injury Information System Council; establishment and purpose; composition; election of chairman; appointment of advisors; compensation and expenses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6587C399" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(A) There is the South Carolina Head and Spinal Cord Injury Information System Council established for the purpose of overseeing the daily activities of the system which shall be under the Head and Spinal Cord Injury Division of the Office of Intellectual and Developmental Disabilities. The council is composed of the following ex officio members or their designees: the chairman, Developmental Disabilities Council, Office of the Governor, the chairman of the Joint Committee to Study the Problems of Persons </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>with Disabilities, the Office Director of the Office of Mental Health, the Commissioner of the Department of Vocational Rehabilitation, the Office Director of the Office of Intellectual and Developmental Disabilities, the Director of the South Carolina Department of Health and Environmental Control, the Director of the South Carolina Department of Health and Human Services, Dean of the University of South Carolina School of Medicine, the Dean of the Medical University of South Carolina, the Executive Direct</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>or of the South Carolina Hospital Association, one representative from each of the head injury advocacy organizations, and one individual with a spinal cord injury. The council shall elect a chairman who may appoint such other nonvoting members who may serve in an advisory capacity to the council, including representatives from the private service delivery sector.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1230205A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Members of the council shall receive no compensation, including subsistence, per diem, or mileage for service on the council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D9CDBE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7C3A9192" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 457, § 1; 1993 Act No. 181, § 1102.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="632B614D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6627D8ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1E54DD35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="038F171E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-40. Duties of council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="47B08EAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In carrying out the purposes of this article the council shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7CD3DAB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) determine and implement the most cost effective method:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4F6DA93B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) to collect, record, analyze, and disseminate data on the incidence and causes of head and spinal cord injuries;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="52620F1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) to gather such other data as needed from existing sources of the South Carolina Statewide Hospital Data System and the Trauma Registry of the Division of Emergency Medical Services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="74409105" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) provide information for initiation of case management services and preventive programs for head and spinal cord injured persons in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="64D56F60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) develop and promote primary prevention programs related to preventing head and spinal cord injuries;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="56EC2708" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) perform other duties and functions as determined by the council to be necessary for implementation of this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D106F21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5DF285EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 457, § 1; 1993 Act No. 159, § 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="576F733C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="10B9A58B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-50. Reporting of required information; follow up to persons entered in registry; gathering information from other states; approval of and participation in research activities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2CB93BDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The council shall develop:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="00BA8F39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) reporting forms and procedures for reporting the information required by this article;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6E089DB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a system to provide follow up to individuals entered in the registry;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="35DCD765" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) procedures for gathering information from other states in which a South Carolina resident may be admitted for a head or spinal cord injury, or both; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7EC12F87" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(4) procedures for approving research projects or participation in research activities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="52480BBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="47EDB9CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 457, § 1; 1993 Act No. 159, § 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="343CA4A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="70CA806C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-60. Confidentiality of reports and records; nondisclosure under Freedom of Information Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1BB82684" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) All reports and records made pursuant to this article and maintained by the system, any agency, hospital, institution, other facility, or person pursuant to this article are confidential and may not be disclosed under the Freedom of Information Act. Information must not be released except to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="302D2036" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) appropriate staff of the system;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="55744557" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) submitting hospitals or their designees;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6D47359A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a person engaged in a research project approved pursuant to Section 44-38-50 except that no information identifying a subject of a report or a reporter may be made available to a researcher unless consent is obtained pursuant to this section;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="582185E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) a member of the council except that no information identifying a subject of a report or a reporter may be made to the council unless consent is obtained pursuant to this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="42B5CAC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The identity of a patient, physician, or hospital is confidential and may not be released, except that the identity of a patient may be released upon informed written consent of the patient, or the patient's legal guardian or legal representative; the identity of a physician may be released upon written consent of the physician; and the identity of a hospital may be released upon written consent of the hospital.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="27942D11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="49E47B60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 457, § 1; 1993 Act No. 159, § 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B013C07" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6E5B92AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-70. Council to submit annual report.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2FDD358D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>The council shall submit an annual report to the Joint Committee to Study Problems of Persons with Disabilities including, but not limited to, the incidence and status of head and spinal cord injuries in South Carolina, the administration of the system and recommendations for modifications in the system, and for improving the delivery of services to persons with these injuries.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="32E5B528" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="02EF8397" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 457, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1823F0CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="13553F0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-80. Qualified immunity from liability for release of information in accordance with article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0E390046" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>No person, medical facility, or other organization providing or releasing information in accordance with this article may be held liable in a civil or criminal action for divulging confidential information unless the individual or organization acted in bad faith or with malicious purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3E2B50A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="32723CDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 457, § 1; 1993 Act No. 159, § 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="025B2A93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="78797DC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-90. Penalty for intentional noncompliance with article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="553A0F94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person subject to this article who intentionally fails to comply with reporting or confidentiality and disclosure requirements of this article is subject to a civil penalty of not more than one hundred dollars for a violation the first time a person fails to comply and not more than five thousand dollars for a subsequent violation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0CD0699A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5CF5148C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 457, § 1; 1993 Act No. 159, § 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3ACF305A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3D61F8E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="426B6F19" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Head and Spinal Cord Injury Service Delivery System</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="558A553A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="46C28B48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-310. Service Delivery System established.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1A87E141" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is established within the Office of Intellectual and Developmental Disabilities the South Carolina Head and Spinal Cord Injury Service Delivery System. The system shall operate as a division of the office to be known as the Head and Spinal Cord Injury Division. The office must develop, coordinate, and enhance the delivery of services to persons with head and spinal cord injuries. The office must coordinate case management services provided pursuant to this article with the Department of Vocational Re</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>habilitation. Services provided pursuant to this article supplement and do not supplant existing services or the development of new services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2469E448" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1CB8FFBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 159, § 1; 1993 Act No. 181, § 1103.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="772DD338" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="555EBFFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73364F75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="581D39A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-320. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2FB53CA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this article:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...97 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="03ABD124" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(1) "System" means the South Carolina Head and Spinal Cord Injury Service Delivery System as established in this article;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="57ED101A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(2) "State plan" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means the plan developed by the Department of Behavioral Health and Developmental Disabilities pursuant to this article for a comprehensive system of services for persons with head and spinal cord injuries.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0590E16E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Office" means Office of Intellectual and Developmental Disabilities, a component office of the Department of Behavioral Health and Developmental Disabilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="10677FFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5B6E177F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 159, § 1; 1993 Act No. 181, § 1103.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="410839A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="20514F6E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7EFF175C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="76108737" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-330. Primary functions of system.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="37CC14BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The primary functions of the system are planning, intake and referral, case management, and education and prevention. The Office of Intellectual and Developmental Disabilities is responsible for these functions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7E543AD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="41C971A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 159, § 1; 1993 Act No. 181, § 1103.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2E39C865" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="48E8BB90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="467736BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0C067CB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-340. Duties of department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0186801B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Office of Intellectual and Developmental Disabilities shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4978D03F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) develop a state plan for a comprehensive system of services for persons with head and spinal cord injuries, including short-term and long-term goals and objectives for implementing the plan;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="05EB27C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) receive surveillance data from the South Carolina Head and Spinal Cord Injury Information System to use in developing and revising the state plan to meet the changing needs of this population;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="388462F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(3) identify gaps in services for head and spinal cord injured persons and spearhead development of those services needed for the comprehensive system of service delivery;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7F2E25EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) develop licensing, program, and contract guidelines to be used by case managers in working with service delivery agencies;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1ABF2178" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) in conjunction with other state agencies, prepare, coordinate, and advocate for state appropriations needed to fund and to develop services needed to implement the state plan;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="57878495" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(6) seek funding from other sources, private and federal, including, but not limited to, medicaid waivers and expansion of the medicaid program, to provide services outlined in the state plan;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4440F77A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) evaluate the state plan including, but not limited to, how well head and spinal cord injured persons are identified, referred, and served by the system and its impact on their quality of life, including reintegration and productivity in the community;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="50B2B918" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) promote public awareness through programs relating to head and spinal cord injury prevention, treatment, and rehabilitation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3FC5662E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) promote research on the causes, effects, prevention, treatment, and rehabilitation of head and spinal cord injuries;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5472F390" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) serve as the central and initial point for receiving referrals for case management services from the South Carolina Head and Spinal Cord Injury Information System and all other sources;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="479A47D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) determine a person's eligibility for case management services based on criteria provided in Section 44-38-370, conduct an assessment of services needed, and provide appropriate case management based on an individualized treatment plan designed to meet the specific needs of the person;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="324C4CA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) develop policies and procedures to be used by the case managers to ensure, among other things, that a person with a head or spinal cord injury receives equal access to available services and that case management services maximize the person's self-determination and self-advocacy;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="49B0A695" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) develop training programs for case managers and other professionals to prepare and assist them in working with persons with head and spinal cord injuries;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="66DE6E27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(14) coordinate the delivery of services and ensure that services are appropriate and delivered in a timely manner;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1E73E189" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(15) advocate for persons with head and spinal cord injuries to assist them in receiving equal access to services and services which promote independence and productivity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="247487B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="56E4AB2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 159, § 1; 1993 Act No. 181, § 1103.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7DAAD42C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1F3ED4BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2B624323" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4E2721DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-370. Eligibility criteria for case management services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="37341295" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person is eligible for case management services under this article when at the time of determining eligibility the person has a severe chronic limitation that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6CAD16B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) is attributed to a physical impairment, including head injury, spinal cord injury, or both, or a similar disability, regardless of the age of onset but not associated with the process of a progressive degenerative illness or disease, dementia, or a neurological disorder related to aging;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6383AE76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) is likely to continue indefinitely without intervention;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4818BAE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) results in substantial functional limitations in at least two of these life activities:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7A5B91E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) self-care;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3DC86B80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) receptive and expressive communication;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7A964F2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) learning;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6DF42502" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) mobility;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7D8EF49D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) self-direction;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="603DFA91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) capacity for independent living;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3EED0F0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) economic self-sufficiency; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2DB09B69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) reflects the person's need for a combination and sequence of special interdisciplinary or generic care or treatment or other services which are of lifelong or extended duration and are individually planned and coordinated.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E4DE000" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6EAFF767" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 159, § 1; 1993 Act No. 181, § 1103.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="58F23097" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="31E02728" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-380. Advisory Council to System.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="68486B04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) There is created an Advisory Council to the South Carolina Head and Spinal Cord Service Delivery System composed of:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="386DE5E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the following members or a designee, who shall serve ex officio:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3E01071D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Chairperson for the Joint Legislative Committee for the Disabled;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4433CCAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(b) Office Director of the Office of Intellectual and Developmental Disabilities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4A7AE721" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) Commissioner of the State Agency for Vocational Rehabilitation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3EFED4A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) Director of the University Affiliated Program of the University of South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="610E2224" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) Director of the South Carolina Developmental Disabilities Council;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2AC1C0B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) Director of Special Education of the State Department of Education;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4A275941" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) Director of the Interagency Office of Disability Prevention;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6DCA9F8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) Director of the Continuum of Care for Emotionally Disturbed Children;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7E496AE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) Executive Director of the South Carolina Health and Human Services Finance Commission;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4E318C89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(j) Office Director of the Office of Mental Health;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="751E3516" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(k) Commissioner of the South Carolina Department of Health and Environmental Control;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="097496DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(l) Commissioner of the South Carolina Commission for the Blind;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="795CCD4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the following members or a designee:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1098678B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(a) President of the South Carolina Head Injury Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="17647250" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) President of the South Carolina Association of Independent Head Injury Groups;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="44C99885" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) President of the South Carolina Spinal Cord Injury Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4A79305B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) Director of the South Carolina Disabilities Research Commission;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="28C34C20" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) the following members to be appointed by the Governor for four-year terms and until their successors are appointed and qualified:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7605F069" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) three health care providers knowledgeable in head injuries and spinal cord injuries;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="69614FEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) three consumers of case management services or family members or legal guardians of consumers of case management services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5C819DDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) of those members first appointed, two of the health care providers and two of the consumers or family members of consumers shall serve four-year terms and one health care provider and one consumer or family member of a consumer shall serve two-year terms.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="36E1CAD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The Governor, with recommendation from the Chairperson of the Joint Legislative Committee for the Disabled, shall appoint a primary or secondary consumer of services of the system as chairperson of the council for a two-year term; no person may serve more than one term as chairperson.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="43E9D9D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Members of the Advisory Council shall serve at no expense to the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="51EBC43E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The Advisory Council shall work with the Office of Intellectual and Developmental Disabilities and the State Agency of Vocational Rehabilitation in carrying out their responsibilities under this article. In working with these agencies the council shall, but is not limited to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5971FBFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) provide oversight for the implementation of the state plan and operation of the system;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5A1D3ABC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) review budget matters related to the system and the responsibilities of the agencies within the system;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7FB31E4A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) monitor effectiveness of the state plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03A405B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="759E207B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 159, § 1; 1993 Act No. 181, § 1103; 2014 Act No. 121 (S.22), Pt V, § 7.MM.1, eff July 1, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="14C573D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="627A4430" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E4D6103" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="36EDA7D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-390. Article does not establish entitlement program or benefit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="04F09776" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nothing contained in this article may be construed to establish or authorize creation of an entitlement program or benefit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="218FB54A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6E0F4742" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 159, § 1; 1993 Act No. 181, § 1103.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="51C618B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="26CDD7E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5C76CCB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Spinal Cord Injury Research Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="35ABB8E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="269A500A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-510. Spinal Cord Injury Research Board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3C5FCF37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The South Carolina Spinal Cord Injury Research Board is created for the purpose of administering the spinal cord injury research fund created pursuant to Section 14-1-211. The board is composed of seven members who must be residents of this State and appointed by the Governor upon recommendation of the President of the Medical University of South Carolina, as follows: two members who are medical doctors from the staff or faculty of the Medical University of South Carolina; two members who are medical d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>octors specializing or significantly engaged in treatment of spinal cord injuries in South Carolina; two members who have a spinal cord injury or who have a family member with a spinal cord injury; and one at-large member who is a medical doctor and a member of the South Carolina Medical Association.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5805B4B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The terms of board members shall be four years, except that the Governor must stagger the initial appointments to the board so that one of the two members who are medical doctors from the staff or faculty of the Medical University of South Carolina shall be appointed for a two-year term; one of the two members who are medical doctors specializing or significantly engaged in treatment of spinal cord injuries in South Carolina shall be appointed for a two-year term; one of the two members who have a spin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>al cord injury or who have a family member with a spinal cord or head injury shall be appointed for a two-year term; and the at-large member who is a medical doctor and a member of the South Carolina Medical Association shall serve a three-year term. All subsequent appointments shall be for four-year terms.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1FA529CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) At the end of a term, a member shall continue to serve until a successor is appointed and qualifies. A member who is appointed after a term has begun shall serve the rest of the term and until a successor is appointed and qualifies. A member who serves two consecutive four-year terms shall not be reappointed for two years after completion of those terms.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6B9DE835" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A majority of the membership of the board shall constitute a quorum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7DDFB21E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(E) The board shall elect, by a majority vote, a chairman who shall be the presiding officer of the board, preside at all meetings, and coordinate the functions and activities of the board. The chairman shall be elected or reelected for each calendar year. The board shall have such other organization as deemed necessary and approved by the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="696261BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) Meetings of the board shall be held at least twice a year but may be held more frequently as deemed necessary, subject to call by the chairman or by request of a majority of the board members. Board meetings shall concern, among other things, policy matters relating to spinal cord injury research projects and programs, research progress reports, authorization of projects and financial plans, and other matters necessary to carry out the intent of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7276F2D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) No member of the board shall be subject to any personal liability or accountability for any loss sustained or damage suffered on account of any action or inaction of the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="132B1669" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(H) Board members shall be reimbursed for ordinary travel expenses, including meals and lodging, incurred in the performance of duties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6F15E9E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(I) The board shall be attached to the Medical University of South Carolina for meetings, staff, and administrative purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="03B84750" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(J) The board shall set forth guidelines and standards for allocation of these funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7F47E976" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(K) Nothing in this article prohibits the board from allocating funds for spinal cord research projects at other institutions other than MUSC as long as the receiving institution shares the research statistics with each medical institution in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2416A591" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4E959612" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 390, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0A3271DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="343A4A42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6BF4F427" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>South Carolina Brain Injury Leadership Council</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="734E97BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0E0C6AD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-610. South Carolina Brain Injury Leadership Council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="32EAAA6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is created the South Carolina Brain Injury Leadership Council, within the Office of Intellectual and Developmental Disabilities, to provide statewide coordination in promoting support services to persons with brain injuries, their families, and caregivers, and to identify emerging issues and innovations, foster education and advocacy, and build consensus to support necessary policies and programs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6A74F3F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="632661F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2013 Act No. 63, § 1, eff June 13, 2013.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="64DEA528" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0B9C28CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7512A738" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="49F3F266" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-620. Duties of the council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1C8778EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The South Carolina Brain Injury Leadership Council shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="573D2F30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) advise and make recommendations to the State on ways to improve services coordination regarding traumatic brain injury;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6B8D3355" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) encourage citizen participation through the establishment of public hearings and other types of community outreach programs;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="057665C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) identify emerging issues and expand methods and resources to enhance statewide services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7F8D7F05" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) serve as a resource for education, research, and training and provide information and referral services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="370FC4CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) provide technical assistance for the development of support groups and other local initiatives to serve individuals, families, and caregivers;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1C178EF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) consult with federal, state, and local government agencies and with citizens' groups and other private entities to recommend public policy concerning brain injuries to state policymakers; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="10197D8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) serve as the statewide advisory board for implementing the federal Traumatic Brain Injury Act and applying for federal traumatic brain injury funding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7DC74B5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="549FCB0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2013 Act No. 63, § 1, eff June 13, 2013.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="45F2F27D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1FF41237" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-630. Membership of council; officers of council; compensation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="756BAE51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The members of the South Carolina Brain Injury Leadership Council should have knowledge or expertise in the area of brain injury or related services. The council shall be comprised of representatives of the following agencies and organizations, shall be appointed by the director of the agency or organization and shall serve ex officio:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="08B7108B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) South Carolina Department of Education;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="59693B14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) South Carolina Department of Health and Human Services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4040CD4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Office of Mental Health;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3B83236A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(4) South Carolina Department of Social Services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6329BCCA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) South Carolina Department of Health and Environmental Control;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="50BDE53E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) South Carolina Vocational Rehabilitation Department;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6E933007" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) Office of Intellectual and Developmental Disabilities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="79601AE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) Head and Spinal Cord Injury Division within the Office of Intellectual and Developmental Disabilities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="46AA3B7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) Medical University of South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="36522B58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) University Center for Excellence in Developmental Disabilities within the University of South Carolina School of Medicine;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1A52069D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) South Carolina Statewide Independent Living Council;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="78E0BE4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) South Carolina Developmental Disabilities Council;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1648E45E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(13) Protection and Advocacy for People with Disabilities, Inc.; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6771BC89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(14) Brain Injury Association of South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="48F6F4B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Council members shall include persons who are survivors of traumatic brain injury, family members or legal guardians of these persons, health care professionals, representatives of service provider entities, or other interested parties knowledgeable about brain injuries. Membership shall meet requirements of the State Advisory Board designated by the federal Traumatic Brain Injury Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="61AD2DCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Officers of the council shall be as follows: chairperson, vice chairperson, and secretary. Council officers are to be elected at the final quarterly council meeting of the year, and shall serve a two year term starting the next calendar year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3C9C44A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(D) Council members shall be appointed with consideration given to statewide geographic and demographic representation. When an appointed vacancy on the council exists, nominations to fill the vacancy may be received from members of the council by the secretary.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="676590B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Members and officers of the council are not entitled to mileage, per diem, subsistence, or any other form of compensation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1B752FB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4C32A156" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2013 Act No. 63, § 1, eff June 13, 2013.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="643001F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7D2FD463" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1827A8EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4DAE81F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-38-640. Authority to apply for grants.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="656C04F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The South Carolina Brain Injury Leadership Council shall have the authority to apply for grants for the purposes of carrying out the responsibilities and duties of the council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="29630B88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3F207D4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2013 Act No. 63, § 1, eff June 13, 2013.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -6732,51 +6671,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -7213,66 +7152,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>