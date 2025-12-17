--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -1,2771 +1,3164 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9b147f0f4c114761" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/64a099a157fd4e6fbf7cc31d63d1c086.psmdcp" Id="R0e398f2697434261" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R23519964a8cc4a21" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dbd56ee2c534430895098d308da99769.psmdcp" Id="R4229e2f701084e82" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00594038" w:rsidRDefault="00594038" w14:paraId="185CE13C" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="222AEA5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5B5CDC6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Eggs and Baby Chicks</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0C36D9EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="74C0CE57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1A3F7552" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Provisions for Labeling and Marketing Eggs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="055A1960" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3619F216" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-39-110. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="32C91991" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="00264A11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Ambient temperature" means the atmospheric temperature surrounding or encircling shell eggs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7D57BB56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Candle" means to determine the interior quality of eggs based on the use of a candling light as defined in the federal standards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2C172266" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Consumer" means a person using eggs for food and includes restaurants, hotels, cafeterias, hospitals, state institutions, and other establishments serving food to be consumed or produced on the premises but does not include the armed forces or other federal agency or institution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2251BEE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Eggs" means the shell eggs of a domesticated chicken, turkey, duck, goose, or guinea hen.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="29D6DB17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(5) "Label" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means the display of any printed, graphic, or other method of identification on the shipping container or on the immediate container including, but not limited to, an individual consumer package of eggs.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2BE26F1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "South Carolina eggs" means eggs produced in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0A6AA4AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Producer" means a person engaged in the business of producing and marketing eggs laid on his farm.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3B185C3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(8) "Retailer" means a person, firm, or corporation selling or offering for sale eggs to consumers in this State.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="258C076C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) "Distributor" means a person offering for sale or distributing eggs in this State to a retailer, cafe, restaurant, or other establishment serving eggs to the public or to an institutional user. It includes a person distributing eggs to his own retail outlet but does not include a person engaged to haul or transport eggs nor a producer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7062EDBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) "Wholesaler" means a person engaged in the business of buying or receiving eggs from producers or other persons on his own account and selling or transferring eggs to other wholesalers, processors, retailers, or other persons and consumers. A wholesaler further means a person engaged in producing eggs from his own flock and disposing of a portion of this production on a graded basis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4E566B83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) "Person" means any individual, partnership, association, business trust, corporation, or organized group of persons, whether incorporated or not.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1AF5028B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) "Sell" means to offer for sale, expose for sale, have in possession for sale, exchange, barter, or trade.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4499C1DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3D8AF57C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-621; 1955 (49) 316; 1972 (57) 2820; 1994 Act No. 379, § 1, eff May 10, 1994; 2005 Act No. 23, § 1, eff upon approval (became law without the Governor's signature on March 24, 2005).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6D52D869" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7251DFA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1994 amendment revised this section, deleting a definition of "case".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5C72F484" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2005 amendment added the definitions of "Ambient temperature", "Candle", "Consumer", "Label", "Wholesaler", "Person" and "Sell"; in the definition of "Eggs", substituted "shell" for "unprocessed", added "turkey, duck, goose, or guinea" and deleted "while they are still in the shell" following "hen"; in the definition of "Producer", substituted "engaged in the business of producing and marketing eggs laid on his farm" for "selling no eggs other than those eggs produced by his own flock"; and redesignated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the items to accommodate the added definitions.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="08772570" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3DEACFF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-39-120. Egg seller licenses; information to be included on application.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1A7DF9DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All wholesalers, distributors, commission merchants, brokers, and dealers who desire to sell or offer eggs for sale in this State shall first file for a license with the Commissioner of Agriculture, upon forms furnished by the commissioner, stating the name of the firm or person desiring to offer eggs for sale either by themselves or by their agent, together with the address of the firm or person and the type or kind of eggs to be offered for sale. The license must be issued at no cost and in a form prescr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ibed by regulations promulgated by the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="096A13B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5C5EFEA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-622; 1955 (49) 316; 1994 Act No. 379, § 1, eff May 10, 1994; 2005 Act No. 23, § 1, eff upon approval (became law without the Governor's signature on March 24, 2005).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="62A2DC33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6A9A939A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1994 amendment revised this section, deleting a reference to retailers.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4ED0920D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2005 amendment rewrote the first sentence.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="767B938C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2B58607F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-39-121. Wholesaler and distributor licenses; grounds for suspension or revocation; transfer; exception.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7EC2B910" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(A) A person may not engage in business as a wholesaler or as a distributor without first obtaining a license from the commissioner. A license issued pursuant to this article must not be suspended or revoked except for health and sanitation reasons or for violations of this article and until the affected licensee is provided with reasonable notice and an opportunity for hearing, pursuant to the South Carolina Administrative Procedures Act. Licenses issued pursuant to this article are valid until suspended </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>or revoked and are not transferable with respect to persons or location. There is no fee for this license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3D0EDA75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Shell egg handlers registered under the United States Department of Agriculture Egg Surveillance Inspection Program are exempt from the provisions of subsection (A) of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47BC791F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7BCBDAA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 23, § 1, eff upon approval (became law without the Governor's signature on March 24, 2005).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4EC3092E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1EDBA91E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-39-122. Maintenance of records and invoices; egg purchases and sales; facility inspections.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...69 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="11C8921E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Wholesalers, distributors, and retailers shall maintain records and invoices of their egg purchases for a period of at least ninety days. These records and invoices must show the person or firm to whom the sale was made, the address of the person or firm, and the kind and quantity of eggs involved in the sale, except that this section does not require the filing of a copy of the invoice of a sale to a consumer. The commissioner or his authorized representative may enter, during regular business hours, the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>place of any producer, wholesaler, retailer, retail establishment, institution, institutional user, warehouse, cold storage house, or other storage places, trucks, or carriers where eggs are stored and inspected.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="33174F98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="396A12D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 23, § 1, eff upon approval (became law without the Governor's signature on March 24, 2005).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6DD19341" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="591B314E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-39-130. Shell egg standards, grades, and weight classes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2113475E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The South Carolina standards, grades, and weight classes for shell eggs are the same as the United States standards, grades, and weight classes for shell eggs and their supplements and revisions as published by the United States Department of Agriculture, except as modified or rejected by regulations promulgated by the Commissioner of Agriculture.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="686C6697" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="79CD9B46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-623; 1955 (49) 316; 1994 Act No. 379, § 1, eff May 10, 1994; 2005 Act No. 23, § 1, eff upon approval (became law without the Governor's signature on March 24, 2005).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="606C48DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="47C4C43D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1994 amendment revised this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4E7C2CEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2005 amendment rewrote this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="09A6D3D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="14AD6BDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-39-135. Refrigeration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1CBFF0F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Shell egg producers shall refrigerate eggs upon gathering the eggs. Eggs must be graded and packed within a reasonable period of time from gathering.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4C976EA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) After washing, processing, and packaging, eggs must be transported, stored, and displayed at ambient temperatures not to exceed forty-five degrees Fahrenheit until sold at retail or used by a commercial establishment or public institution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3F5EC57E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="268377B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 23, § 1, eff upon approval (became law without the Governor's signature on March 24, 2005).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="54593AFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="04D1359D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-39-140. Labeling requirements; conformity to U.S. Department of Agriculture standards; advertising.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="47BC4D61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) In order to protect the producer, the distributor, and the consumer, all eggs sold in this State must be labeled so as to designate their quality, size, and weight class.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4B977613" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The department shall establish standards for the grading, classification, and marking of shell eggs bought and sold by a person in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="18C3BBD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The standards, on the date of the sale to the consumer, must conform to the minimum standards promulgated by the United States Department of Agriculture as defined in the "United States Standards, Grades and Weight Classes for Shell Eggs", authorized pursuant to 7 U.S.C. Section 1624.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="454D1A29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The standards of quality of the United States Department of Agriculture are adopted as the standards of quality for the enforcement of this article. An egg described by the United States Department of Agriculture as being inedible is considered inedible pursuant to the provisions of this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...70 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7A06C048" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(E) At the time of packing and candling of each case of eggs, the producer or dealer shall affix a label not less than two inches by four inches or not less than eight square inches on one end of each case. On this label must be printed or stamped, legibly in letters not less than one-fourth of an inch in size, the date when the eggs were packed and candled or the expiration date, which may not exceed forty-five days from the date packed, the size and grade of the eggs, and either the name and address of t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>he packer or the USDA assigned plant number or a state approved plant identification code. The name of the state of origin may be given. If eggs are sold in cartons, the cartons must show the date packed or the expiration date, which may not exceed forty-five days from the date packed, and the grade and size, together with either the name and address of the packer or the USDA assigned plant number or a state approved plant identification code. The state of origin also may be given.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7DAB6CF7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) Abbreviations of words in the classification or in designating the grade and size are prohibited. The information pertaining to the grade and size must be shown in legible letters not less than one-fourth of an inch in size. The information pertaining to the name and address of the packer or the USDA assigned plant number or a state approved plant identification code and the date packed or expiration date must be given legibly. All wording on egg cases and egg cartons must be in English and must be app</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>roved by the Department of Agriculture before using.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="016AC9B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) Words or phrases tending to obscure or nullify the proper classification of eggs are prohibited. Each word of the classification, including the name of the state of origin, must appear in the same size type and color in a printed advertisement. Abbreviations of a word in the classification or in designating the size and grade to which eggs belong are prohibited. A person advertising eggs for sale, at retail or wholesale, in newspapers, by window displays, or otherwise shall set forth in the advertiseme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>nt the classification as to size and grade of the eggs offered for sale. The classification must be set forth in letters equal in size to those advertising the eggs for sale.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4A9F13FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0F05E216" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-624; 1955 (49) 316; 1994 Act No. 379, § 1, eff May 10, 1994; 2005 Act No. 23, § 1, eff upon approval (became law without the Governor's signature on March 24, 2005).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="427CCA59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1205D0EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1994 amendment substituted "must" for "shall."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3195C048" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2005 amendment designated subsection (A) and added subsections (B) to (G).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73448C00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="09B996C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-39-141. Bulk retail sales; display of placards and information; exceptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7BDD7F68" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(A) All eggs offered for sale at retail in open cases, boxes, or other containers from which eggs are sold in bulk to consumers must be classified properly in accordance with this subsection. A heavy cardboard or placard, not less than eight by eleven inches, must be displayed conspicuously at all times on or over each receptacle containing eggs offered for sale, setting forth in letters not less than one inch in height, plainly and legibly, the classification as to the quality, weight, and the expiration </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6B0FB6CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The name of the state of origin of eggs may appear on the placard.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="52A23FEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The placard is not required if eggs are packed in properly labeled cartons. The eggs are required to meet the standard as noted on the placard.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4D617C33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Restaurants, hotels, or other eating places shall display conspicuously a placard at all times on or over each receptacle containing eggs to be used in food preparation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1E203CED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="70EF2D39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 23, § 1, eff upon approval (became law without the Governor's signature on March 24, 2005).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="08BD17B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="64B2198B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-39-150. Unlawful acts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="28346227" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is unlawful to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1B536128" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) offer eggs for sale at retail in open cases, boxes, or other containers from which eggs are sold in bulk to consumers and fail to display conspicuously on the case, box, or other container a plainly written designation showing the correct grade and weight class to which the eggs conform. The designation must be of the kind and in the manner required by regulations of the Department of Agriculture;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0FAAEEEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) use the word "nulaid", "country", "hennery", "day-old", " select", "selected", "certified", "best", "nearby", "fresh-laid", or a similar descriptive term which the Commissioner of Agriculture, by regulation, prohibits in connection with the advertising or selling of eggs;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="011033DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) use the words "South Carolina" in connection with the advertisement and sale of eggs not produced in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3ED5F63F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(4) use the word "fresh" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>in connection with the advertisement and sale of eggs not produced in this State unless those eggs meet or exceed the quality standard designated "Grade A";</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0F497B2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) offer eggs for sale that are not stored properly in a refrigerated state at the temperature specified in Section 39-39-135.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7FE9DFE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6401A6DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-626; 1955 (49) 316; 1972 (57) 2820; 1977 Act No. 128 §§ 1, 2; 1994 Act No. 379, § 1, eff May 10, 1994; 2005 Act No. 23, § 1, eff upon approval (became law without the Governor's signature on March 24, 2005).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0AA8D2C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="57AC0C43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1994 amendment revised this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7246F52B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2005 amendment added item (5).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03E7B724" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="51FAA4CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-39-160. Enforcement; promulgation of rules and regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="15865B7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Commissioner of Agriculture is charged with the enforcement of this chapter and is authorized to promulgate regulations necessary to carry out its provisions and purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A34A377" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3D75D316" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-627; 1955 (49) 316; 1994 Act No. 379, § 1, eff May 10, 1994; 2005 Act No. 23, § 1, eff upon approval (became law without the Governor's signature on March 24, 2005).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="035FCFD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7C4ADA1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1994 amendment revised this section, substituting "chapter" for "article."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1759766B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2005 amendment reprinted this section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6810472B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4F3B0D79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-39-170. Exemptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1E7CA442" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The following are exempt from this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1A23C960" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) persons who buy or sell eggs to be used exclusively for hatching purposes;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="41C6A350" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) shipments of eggs in interstate commerce;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="587E5659" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(3) persons who sell eggs at a roadside stand near the farm on which the eggs were produced.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="77D990D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="14FDF999" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-628; 1955 (49) 316; 1972 (57) 2820; 1994 Act No. 379, § 1, eff May 10, 1994; 2005 Act No. 23, § 1, eff upon approval (became law without the Governor's signature on March 24, 2005).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1C3B6795" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5F83FC9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1994 amendment revised paragraph (2), and added paragraph (3).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="647727AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2005 amendment reprinted this section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="197D645C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4D4BE086" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-39-180. Penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="79DF3F47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A civil action may be brought by the Commissioner of Agriculture in a court of competent jurisdiction to recover a civil penalty of not less than:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6C158FF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) one hundred nor more than two hundred dollars for a first violation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7B12E654" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) two hundred fifty nor more than five hundred dollars for a second violation within two years from the date of the first violation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7B2D12A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) one thousand nor more than five thousand dollars for a third violation within two years of the first violation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="49CE4A49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The commissioner or his designee may conduct an administrative hearing and, upon notice and an opportunity to be heard, may assess a civil penalty of not less than:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="583A7E9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) one hundred nor more than two hundred dollars for a first violation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="62017E0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) two hundred fifty nor more than five hundred dollars for a second violation within two years from the date of the first violation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6D769283" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(3) one thousand nor more than five thousand dollars for a third violation within two years of the first violation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3852C489" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A person violating this chapter is guilty of a misdemeanor and, upon conviction, must be fined not less than two hundred nor more than five hundred dollars or imprisoned not more than ninety days, or both, in the discretion of the court.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="423FBBE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0E3167A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-629; 1955 (49) 316; 1994 Act No. 379, § 1, eff May 10, 1994; 2005 Act No. 23, § 1, eff upon approval (became law without the Governor's signature on March 24, 2005).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7A7E1882" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5D8957DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1994 amendment revised this section, adding subsections (A) and (B), and increasing the penalties in (C).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0671E37C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2005 amendment reprinted this section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2776,51 +3169,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -3257,66 +3650,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>