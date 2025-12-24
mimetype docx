--- v0 (2025-10-27)
+++ v1 (2025-12-24)
@@ -1,831 +1,914 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7b5d2d8b7c354f88" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1dc69194f8348c688ddd90daf331778.psmdcp" Id="R7f1c5c55ed3c4189" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb2f5262e287f49d3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/df3314141d8b47cca9e178dedaa892a5.psmdcp" Id="R54a3ae5aa2df4022" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00452FF4" w:rsidRDefault="00452FF4" w14:paraId="30F9CA4F" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="754C2192" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="56DA14B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Employment and Workforce - Protection of Rights and Benefits</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="69F626EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6973604F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-39-10. Validity of waiver of rights, employee's agreement to pay employer's contributions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="32FEA5B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No agreement by an individual to waive, release or commute his rights to benefits or any other rights under Chapters 27 through 41 of this Title shall be valid. No agreement by any individual in the employ of any person or concern to pay all or any portion of an employer's contributions, payments in lieu of contributions or reimbursement of benefits required under Chapters 27 through 41 of this Title from such employer shall be valid. No employer shall directly or indirectly make, require or accept any ded</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>uction from wages to finance the employer's contributions, payments in lieu of contributions, or reimbursement of benefits or require or accept any waiver of any right under Chapters 27 through 41 of this Title by any individual in his employ. Any employer or officer or agent of an employer who violates any provision of this section shall, for each offense, be fined not less than one hundred dollars nor more than one thousand dollars or be imprisoned for not more than six months or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C41FA3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5E05CE86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 68-351; 1952 Code § 68-351; 1942 Code § 7035-95; 1936 (39) 1716; 1939 (41) 487; 1973 (58) 248.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E7E75C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="272B9102" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-39-20. Validity of assignment, pledge, or encumbrance of benefits; exemption of benefits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4B9779D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No assignment, pledge, or encumbrance of any right to benefits which are or may become due or payable under Chapters 27 through 41 of this title is valid and such rights to benefits are exempt from levy, execution, attachment, or any other remedy whatsoever, provided for the collection of debt, except as provided for in Section 41-35-140 of this title. Benefits received by an individual, so long as they are not mingled with other funds of the recipient, are exempt from any remedy whatsoever for the collect</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ion of all debts except those incurred for necessaries furnished to such individual or his spouse or a dependent during the time when such individual was unemployed. No waiver of any exception provided for in this section is valid.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="79335A3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="21566E8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 68-352; 1952 Code § 68-352; 1942 Code § 7035-95; 1936 (39) 1716; 1939 (41) 487; 1983 Act No. 62 § 16.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="658D16F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="72F3C601" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-39-30. Limitation on charging and amount of fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6E79BE53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>An individual claiming benefits may not be charged a fee in a proceeding under Chapters 27 through 41 of this title by the department or its representatives or by a court or an officer, except an attorney, of it. An individual claiming a benefit in a proceeding before the department or a court may be represented by an attorney or other duly authorized agent, but an attorney or agent must not charge or receive for this service more than an amount approved by the department. A person who violates a provision</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> of this section, for each offense, must be fined not less than fifty dollars nor more than five hundred dollars, imprisoned for not more than six months, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C5D26CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4518FD9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 68-353; 1952 Code § 68-353; 1942 Code § 7035-95; 1936 (39) 1716; 1939 (41) 487; 2010 Act No. 146, § 102, eff March 30, 2010; 2011 Act No. 63, § 12, eff June 14, 2011.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6CD3F40D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="65EC5720" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2010 amendment substituted "department" for three occurrences of "Commission"; and made other nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6C023CD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2011 amendment substituted "may be represented" for "must be represented" in the second sentence.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="49711E95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6B9CD9D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-39-40. Income tax withholding from unemployment compensation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="485F7DB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(A) As of January 1, 1997, an individual filing an initial claim for unemployment compensation must be advised at the time of the filing of the claim that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4A175AFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) unemployment compensation is subject to federal and state income taxation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="06918BE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(2) requirements exist pertaining to estimated tax payments;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5AC74EB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the individual may elect to have federal income tax deducted and withheld from the individual's payment of unemployment compensation at the rate specified in the Internal Revenue Code of 1986;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="61D80C2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the individual may elect to have South Carolina state income tax deducted and withheld from the individual's payment of unemployment compensation at the rate of seven percent;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="47C692E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) the individual is permitted to change a previously elected withholding of income tax at least once.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6964C0B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Amounts deducted and withheld from unemployment compensation must remain in the Unemployment Trust Fund until transferred to the federal or state taxing authority as a payment of income tax. The date of transfer to the South Carolina Department of Revenue must be the same date as the transfer to the Internal Revenue Service.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="522F04FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The department shall follow all procedures specified by the United States Department of Labor and the Internal Revenue Service pertaining to the deducting and withholding of income tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6C17DD86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Amounts must be deducted and withheld under this section only after amounts are deducted and withheld for overpayments of unemployment compensation, child support obligations, or other amount required to be deducted and withheld under this title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="391B4EC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="01AC796C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 306, § 1, eff May 6, 1996; 2010 Act No. 146, § 103, eff March 30, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="57A26E37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="53D77271" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2010 amendment substituted "department" for "commission" in subsection (C); and made other nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -836,51 +919,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1317,66 +1400,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>