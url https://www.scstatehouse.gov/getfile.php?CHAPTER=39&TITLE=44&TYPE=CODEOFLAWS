--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,2262 +1,2085 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R03b3fbb562eb4753" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e93a2baa35f4da2a5b0528f0a13c9fe.psmdcp" Id="Rc7e0745d8b374059" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R14ebbeaed61d4baa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/57945021f13e4e928df2a7b9711a716d.psmdcp" Id="R71d776073f5442c1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0067139B" w:rsidRDefault="0067139B" w14:paraId="02747648" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1281D4E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4920F1D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Diabetes Initiative of South Carolina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="68BA169C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="142F5B62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-39-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2523B09F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as the "Diabetes Initiative of South Carolina Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="038F51A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="26D6CF08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 497, Part II, § 46A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3841CB3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="55B365EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-39-20. Establishment of Diabetes Initiative of South Carolina Board; purpose; members; terms; filling vacancies; election of chair; meetings; expenses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="01B0AFAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) There is established within the Medical University of South Carolina the Diabetes Initiative of South Carolina Board. The purpose of this board is to establish a statewide program of education, surveillance, clinical research, and translation of new diabetes treatment methods to serve the needs of South Carolina residents with diabetes mellitus. The provisions of this chapter and the initiatives undertaken by the board supplement and do not supplant existing programs and services provided to this popul</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4C2254C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The board consists of:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="11FC1755" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the following officials or their designees:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0A078DF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(a) the President of the Medical University of South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0EF9DFFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the Dean of the University of South Carolina School of Medicine;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1EDA2F25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the Director of the Department of Health and Environmental Control;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0899B18E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) the Director of the State Department of Health and Human Services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="61409BB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) the President of the South Carolina Medical Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="41E5CD52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) the Vice President of the Southeastern Division of the American Diabetes Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="20036DC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) the President of the American Association of Diabetes Educators;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="791689CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) the President of the South Carolina Academy of Family Physicians;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2B16F83C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(i) the Head of the Office of Minority Health in the Department of Health and Environmental Control;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="111622C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(j) the Governor of the South Carolina Chapter of the American College of Physicians;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7A557AE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(k) the Chair of the Division of Endocrinology at the Medical University of South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5C7F40F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(l) the President of the South Carolina Hospital Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="51E5B1BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) a representative of the Office of the Governor, to be appointed by the Governor; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="325B04CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) six representatives appointed by the President of the Medical University of South Carolina, three of whom must be from the general public and one each from the Centers of Excellence Council, the Outreach Council, and the Surveillance Council, all of whom must be persons knowledgeable about diabetes and its complications.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4E5E326D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The board may elect nonvoting members and honorary members.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="140BE377" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A member of the board is elected for a three-year term. A vacancy on the board must be filled for the remainder of the unexpired term in the manner of original appointment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0581EB6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The board shall elect from its members a chair for a term of three years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="601C9707" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The board shall meet at least quarterly or more frequently upon the call of the chairman. A member of the board not employed by the State or a political subdivision of the State must receive per diem, subsistence, and mileage as provided by law for members of state boards, commissions, and committees while engaged in the work of the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76445613" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="630269E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 497, Part II, § 46A; 2008 Act No. 256, § 1, eff June 4, 2008; 2010 Act No. 195, § 1, eff May 28, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="45CE6BBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="62EB54F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-39-30. Powers and duties of board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="23801310" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The powers and duties of the Diabetes Initiative of South Carolina Board are to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7FE84181" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) annually assess the effects of diabetes mellitus in South Carolina, and the status of education, clinical research, and translation of new diabetes treatment methods in South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="61C1A6C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) oversee all operations of the Center of Excellence Advisory Committees, and the Diabetes Outreach Council including:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="00C3356E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) reviewing annual reports;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0F5DCDDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) establishing annual budgets;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0CDEE957" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) setting annual priorities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="64531190" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) make annual budget requests to the General Assembly to support the activities of the Diabetes Initiative of South Carolina Board;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1EE1B0B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) conduct diabetes surveillance activities including:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="27D66F36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(a) obtaining data and maintaining a statewide data base</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="73D16274" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) analyzing data and reviewing trends on mortality and morbidity in diabetes;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7786D31D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) developing means to and disseminating important data to professionals and the public;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4EB0C1E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) developing proposals for grant funding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5EC94349" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) submit an annual report to the Governor and the General Assembly;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3D09E202" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) other activities necessary to carry out the provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D5F1217" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2FDCDF41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 497, Part II, § 46A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="14D9E463" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="440736A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-39-40. Establishment of Diabetes Center of Excellence; powers; duties; functions; advisory committee; council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="176BC9D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A Diabetes Center of Excellence is established at the Medical University of South Carolina. The center shall develop and implement programs of professional education, specialized care, and clinical research in diabetes and its complications, in accordance with priorities established by the Diabetes Initiative of South Carolina Board. The Center of Excellence must submit an annual report to the Diabetes Initiative of South Carolina Board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="48ACB87D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) The activities of the center must be overseen and directed by the Center of Excellence Advisory Committee. The council consists of members appointed by the president of the Medical University of South Carolina. The functions of the council include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="273E83E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) reviewing programs in professional education, specialized care, and clinical research developed by the Center;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2AF5B265" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) assisting in the development of proposals for grant funding for the center's activities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="180FCF2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) preparing an annual report and budget proposal for submission to the Diabetes Initiative of South Carolina Board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="70281984" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="137C8548" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 497, Part II, § 46A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4C360375" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="36C80CD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-39-50. Establishment of Diabetes Outreach Council; powers; duties; functions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5FCE6D5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) There is created in the Medical University of South Carolina the Diabetes Outreach Council with three members appointed by the president of the university.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2C98585D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The Diabetes Outreach Council shall oversee and direct efforts in patient education and primary care including:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0FC7760A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) promoting adherence to national standards of education and care;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="398C4FDC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) ongoing assessment of patient care costs and reimbursement issues for persons with diabetes in South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6F95441E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) preparing an annual report and budget proposal for submission to the Diabetes Initiative of South Carolina Board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E1B0BD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0804A02E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 497, Part II, § 46A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2267,51 +2090,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2748,66 +2571,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>