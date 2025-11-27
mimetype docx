--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,2269 +1,2215 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0ff3d7739b2a47cb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/577480750c594518a84d4ad651c0516b.psmdcp" Id="Re9b9ff91f97349c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2fa959a3fae248ed" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea7dfa28443f4e37b4d3efb39ce64c37.psmdcp" Id="R2e97d8b188d3496d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002A49B4" w:rsidRDefault="002A49B4" w14:paraId="58A6FE47" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="327B33BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="2F68A7ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Reverse Mortgages</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="4CFB81AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="0A9D059B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 29-4-10. Short Title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="7462BBBD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as the South Carolina Reverse Mortgage Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="285FDAE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="0D41070A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 376, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47CF769D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="7E401D97" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 29-4-20. Reverse Mortgage defined.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="78117995" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter "reverse mortgage" means a nonrecourse loan secured by real property which:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="73A1C5CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) provides cash advances to a borrower based on the equity or future appreciation in value in a borrower's owner-occupied principal residence;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="767EF43E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) requires no payment of principal or interest until the entire loan becomes due and payable; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="147B4863" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) is made by a lender authorized to engage in business as a bank, savings institution, or credit union under the laws of the United States or of South Carolina, or a mortgage lender licensed pursuant to Chapter 22, Title 37.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="512E1378" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="227906D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 376, § 1; 2009 Act No. 67, § 4.I, eff January 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="2D49DA0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="7F5BAB70" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2009 amendment, in item (1), added "or future appreciation in value"; and, in item (3), substituted "a mortgage lender licensed pursuant to Chapter 22, Title 37" for "authorized seller-servicers selling mortgage loans to the Federal National Mortgage Association or to the Federal Home Loan Mortgage Corporation,".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="519D1657" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="11270683" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 29-4-30. Rules governing reverse mortgage loans.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="22AB7346" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Reverse mortgage loans are governed by these rules, without regard to the requirements set out elsewhere for other types of mortgage transactions:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="3A0640CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Payment in whole or in part is permitted without penalty at any time during the period of the loan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="60291F93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) An advance made under a reverse mortgage and interest on the advances have priority over a lien filed after the closing of a reverse mortgage and after the filing of the lien.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="0DA90D6E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(3) A reverse mortgage may provide for an interest rate which is fixed or adjustable and may also provide for interest that is contingent on the value of the property including appreciation at loan maturity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="13A5737B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) If a reverse mortgage provides for periodic advances to a borrower, the advances may not be reduced in amount or number based on an adjustment in the interest rate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="7717145E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) For purposes of default under this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="496DCAB2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) A lender defaults in its obligation to make loan advances when after having received written notification from the borrower that an advance has not been received within fifteen days of its due date, the lender fails to cure the default within fifteen days of receiving the notification. Upon default the lender forfeits all future rights to collect interest. A lender avoids the forfeiture of interest if the lender can show a good faith effort to comply with its obligations under the terms of the loan do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>cuments.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="20D19A0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) If a default is not cured in accordance with subitem (a), the borrower may file a complaint with the Department of Consumer Affairs and the lender must respond to any inquiry made by the Department of Consumer Affairs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="24A679E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) Upon wilful default by a lender which results in forfeiture of interest under this item, the Department of Consumer Affairs is authorized to take action necessary to protect the interests of the borrower including bringing an action in circuit court for enforcement of the contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="25778E6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) The recordation tax on reverse mortgages may not exceed the actual cost of recording the mortgage.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="1695572B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) The mortgage only may become due and payable upon the occurrence of one of the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="694AC6DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the home securing the loan is sold;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="1B6FB86E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) all borrowers cease occupying the home as a principal residence;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="4A7CA64C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) any fixed maturity date agreed to by the lender and the borrower is reached; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="149B74DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(d) an event occurs which is specified in the loan documents and which jeopardizes the lender's security.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="0B97DB60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) The repayment requirement is also expressly subject to the following additional conditions:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="3E920D85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) temporary absences from the home not exceeding sixty consecutive days do not cause the mortgage to become due and payable;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="0BEB0F76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(b) temporary absences from the home exceeding sixty consecutive days but less than one year do not cause the mortgage to become due and payable so long as the borrower has taken prior action which secures the home in a manner satisfactory to the lender;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="10D908F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the lender's right to collect reverse mortgage proceeds is subject to the applicable statute of limitations for loan contracts. Notwithstanding the applicable statute of limitations for loan contracts, the statute of limitations commences on the date that the mortgage becomes due and payable;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="5081923F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) the lender must prominently disclose any interest or other fees to be charged during the period that commences on the date that the mortgage becomes due and payable and ends when repayment in full is made.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="69971E83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="3AFB5623" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 376, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E474DA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="59E335F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 29-4-40. Reverse mortgage loans authorized without regard to certain provisions for other types of mortgage transactions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="38C3B4D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Reverse mortgage loans may be made or acquired without regard to the following provisions for other types of mortgage transactions:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="2E50ECD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) limitations on the purpose and use of future advances or any other mortgage proceeds;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="0C123442" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) limitations on future advances to a term of years, or limitations on the term of credit line advances;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="1CD6AF11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) limitations on the term during which future advances take priority over intervening advances;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="3A960FA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) requirements that a maximum mortgage amount be stated in the mortgage;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="5D95F2D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) limitations on loan-to-value ratios;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="443C454B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) prohibitions on balloon payments;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="57E36352" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) prohibitions on compounded interest and interest on interest;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="06E5A318" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(8) interest rate limits under the usury statutes; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="34253A4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) requirements that a percentage of the loan proceeds must be advanced prior to loan assignment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6D6BF92C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="7D64F2FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 376, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="22D5F549" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="7820D6BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 29-4-50. Treatment of loan payments and undisbursed funds for purposes of means-tested programs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="1F75C9FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Reverse mortgage loan payments made to a borrower must be treated as proceeds from a loan and not as income for the purpose of determining eligibility and benefits under means-tested programs of aid to individuals.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="3B6105CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Undisbursed funds must be treated as equity in a borrower's home and not as proceeds from a loan for the purpose of determining eligibility and benefits under means-tested programs of aid to individuals.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="0B75E221" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) This section applies to any law relating to payments, allowances, benefits, or services provided on a means-tested basis by this State including, but not limited to, supplemental security income, low-income energy assistance, property tax relief, medical assistance, and general assistance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D8A6444" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="14ACF722" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 376, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="605E84CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="586BFA14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 29-4-60. Independent information and counseling services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="71ACF361" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) No lender authorized by this chapter to make reverse mortgages may accept an application for a reverse mortgage until the lender has obtained from the South Carolina State Housing Finance and Development Authority the content and format of a statement regarding the advisability and availability of independent information and counseling services on reverse mortgages that must be provided by the lender to the borrower pursuant to subsection (B).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="398A1A36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) No reverse mortgage commitment may be made by a lender unless the loan applicant attests in writing that the applicant received from the lender at the time of initial inquiry the statement provided for in subsection (A).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="2765A26A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The Housing Finance and Development Authority shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="7A7971DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) develop and make available to lenders the content and format of the statement described in subsection (A);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="63FFF0EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) refer consumers to independent counseling services with expertise in reverse mortgages.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="3F1B0253" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The Department on Aging shall provide independent consumer information on reverse mortgages and their alternatives.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="77EDCAB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="1931E2CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 376, § 1; 2018 Act No. 261 (S.107), Pt I, § 5, eff January 1, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="2CD64412" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002F0A5D" w:rsidRDefault="002F0A5D" w14:paraId="04DE6C88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 261, § 5, in (D), substituted "Department on Aging" for "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Office of the Governor, Division on Aging".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2274,51 +2220,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2755,66 +2701,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>