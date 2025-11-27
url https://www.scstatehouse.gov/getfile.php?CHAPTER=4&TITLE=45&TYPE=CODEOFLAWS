--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,3300 +1,3037 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd42314c28192471d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b6cad8ffae2f426c84fe778606dc50b2.psmdcp" Id="Re863a0a302444ff8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1f8a1727270e4220" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f579db2aa05481c95ac277ccc07ccff.psmdcp" Id="Rb0f0fff54a1748c6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B22DF0" w:rsidRDefault="00B22DF0" w14:paraId="5BD4EFD5" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="273CA1F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="0FDE1A66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>South Carolina Bed and Breakfast Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="15FEC72D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="6CB67E54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 45-4-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="5BC3688E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter shall be cited as the "South Carolina Bed and Breakfast Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4C50AE91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="1A4B846F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 300, § 1, eff May 27, 1998.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6DB632D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="3A6C136C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 45-4-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="253B2769" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="2862C73A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) "Bed and breakfast" means a residential-type lodging facility having no more than ten guestrooms where transient guests are fed and lodged for pay. This chapter does not apply to other types of transient accommodations, such as hotels, motels, motor inns, resorts, rooming houses, boarding houses, hunting lodges, or campgrounds. The phrase includes the following types of residential-type lodging facilities:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="4EC334EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "bed and breakfast" or "bed and breakfast inn", which are residential-type lodging facilities that have three to ten guestrooms and that serve only breakfast to registered guests;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="32C382EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "home stay bed and breakfast", a residential-type lodging facility that has one to three guestrooms and that serves only breakfast to registered guests; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="036607C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "country inn", a residential-type lodging facility that has three to ten guestrooms and that serves breakfast to registered guests.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="35CEFDF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) "Residential-type lodging facility", means a facility that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="4F6AEFD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) serves as both the innkeeper's residence and a place of lodging for transient guests; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="3FB20C01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(2) is primarily residential in style with regard to the amenities provided to guests.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="0546A021" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) "Guestroom" means a sleeping room, or a combination of rooms for sleeping and sitting, which includes, among other amenities:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="35A1FA6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a bed or beds;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="7629B07C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a private or shared bathroom;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="1B2BFFAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) clothes hanging and storage amenities; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="5D670FDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) a selection of furniture and lighting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="1645721D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) "Innkeeper" means the proprietor of a bed and breakfast.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="15C02F99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) "Residential kitchen" means a private-home-type kitchen in a bed and breakfast used for food service to registered guests as well as the innkeeper.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C96408F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="2C6DFD3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 300, § 1, eff May 27, 1998.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="20D4654B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="4693F77E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 45-4-30. Food service; compliance with applicable regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="4DC808CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A bed and breakfast with a residential kitchen may provide the following food service without having to obtain a permit authorizing the service:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="1F950085" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a continental or full breakfast to registered guests only;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="29989BBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a tea-type service to registered guests only.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="19FF0E39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Regulations promulgated by the Department of Health and Environmental Control pursuant to Section 44-1-140(2) or other provision of law regarding food service do not apply to a bed and breakfast providing only the food service identified in subsection (A) of this section. Instead of those regulations, a bed and breakfast must comply with the provisions of Section 45-4-40.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="3A1FBB7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(C) A bed and breakfast providing any food service other than that identified in subsection (A) of this section must comply with regulations applicable to that food service, including catering.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="25351A04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="79CCDABA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 300, § 1, eff May 27, 1998.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3E8F42E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="372B1214" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 45-4-40. Standards for food products; hygiene practices for innkeepers and employees; use of tobacco; food preparation areas and equipment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="2B407BF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The standards provided in this section shall apply to a bed and breakfast providing the food service identified in Section 45-4-30(A)(1).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="7B8937CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)(1) Food shall be in sound condition and safe for human consumption. The use of food in hermetically-sealed containers that was not prepared in a food processing establishment is prohibited, with the exception of properly sealed and refrigerated homemade jams, jellies, and preserves, which shall be monitored by the innkeeper for freshness.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="7085A76F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Fluid milk and fluid milk products shall be pasteurized and shall comply with applicable law. Raw milk shall not be provided or used in a bed and breakfast.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="2E3BAAC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Only clean shell eggs meeting applicable grade standards or pasteurized liquid, frozen or dry eggs, or pasteurized egg products shall be used.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="36F5C916" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Only ice which has been manufactured with potable water and handled in a sanitary manner shall be used.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="2C9CD736" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Food shall be protected from cross-contamination and from potential contamination by insects, insecticides, rodents, rodenticides, cleaning chemicals or utensils, overhead leakage or condensation, dust, coughs, and sneezes or other agents of public health significance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="5718E921" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) A refrigerator or an oven used in a residential kitchen shall have a nonstationary, interior thermometer to monitor food temperatures. The storage temperature for perishable foods shall not exceed forty-five degrees Fahrenheit. The preparation temperature for baked foods shall be one hundred forty degrees Fahrenheit or more.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="16B08131" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C)(1) Food shall be prepared with a minimum of manual contact and shall be prepared on food contact surfaces and with utensils that are clean and have been sanitized.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="557B0599" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Foods shall be cooked and immediately served to guests. The following food handling practices shall be prohibited:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="1DBA7AC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) cooling and reheating prior to service;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="6A665880" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) hot holding for more than two hours; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="69D2217E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) service of previously-served foods.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="703261A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Frozen food shall be thawed:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="008B0392" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(a) in a refrigerator at a temperature not to exceed forty-five degrees Fahrenheit; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="208876FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) under potable running water with sufficient water velocity to agitate and float off loose food particles; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="47346695" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) in a microwave oven only or as part of the conventional cooking process.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="1482B6B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Innkeepers and employees engaged in food preparation shall maintain a high degree of personal cleanliness and shall conform to good hygienic practices during all food service and food handling periods. No innkeeper or employee who is infected with, or who is a carrier of, a disease that can be transmitted by foods may work with or handle food.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="6E87E8FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Innkeepers and employees shall not use tobacco in bed and breakfast kitchens and food preparation areas.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="19D91773" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) Food preparation areas, equipment, and utensils shall be constructed and repaired with safe materials, shall be corrosion resistant, nonabsorbent, and easily cleanable and durable under conditions of normal use. Equipment, utensils, and single service articles shall not impart odors, color, taste, nor contribute to the contamination of food.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="7F7E9FC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Food equipment, tableware, and utensils shall be easily cleanable and stored in a manner to avoid contamination. These items shall be cleaned and sanitized prior to food preparation, and after each use. A domestic or residential dishwasher and manual cleaning procedures may be utilized for cleaning and sanitizing. If a domestic or residential dishwasher is used, it must:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="4F0AE1A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) be installed and operated according to manufacturer instructions for the highest level of sanitization possible, and the dishwasher temperature must be maintained at a minimum of 150°;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="3442A361" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) effectively remove physical soil from all surfaces of dishes and utensils; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="5D95C8EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) sanitize dishes and utensils by the application of sufficient accumulative heat.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A2A42D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="2E5EA49B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 300, § 1, eff May 27, 1998.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="34085C67" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="0670A305" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 45-4-50. Water supply; potable water; sewage disposal; toilet facilities; ventilation; fixtures and supplies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="75EF8E60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Sufficient potable water for the needs of the bed and breakfast shall be provided from an approved water supply. A private well water supply may be used if it meets residential water quality standards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="0AB13E1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(B) An approved means of sewage disposal must be provided. A public sewage system is the preferred means of sewage disposal and, if available, must be used. If a sewage disposal system is used, it must be constructed, maintained, and operated according to applicable residential sewage disposal standards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="2D29EE92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C)(1) Toilet facilities shall be installed in accordance with residential construction standards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="49EDCB70" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) There shall be at least one toilet facility for every two guestrooms. Shared bathrooms shall contain appropriate cleaning agents and disinfectants for self-service by guests.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="0F1CEED9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) There shall be at least one bathroom which shall be conveniently located and accessible to innkeepers and employees at all times. Bathrooms used by food handlers shall have hot and cold potable water, soap dispensers and disposable towels, a supply of toilet tissue, and an easily cleanable receptacle for waste materials.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="47EC6239" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Bathrooms opening to the kitchen or dining area shall have adequate mechanical ventilation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="10AEACE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Toilet facilities, including toilet fixtures and all related facilities, and any related vestibules, shall be kept clean and in good repair. Guestroom toilets shall have, at a minimum, a supply of toilet tissue, soap, towels, and an easily cleanable receptacle for waste materials at all times.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7DE0E821" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="13B2AC1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 300, § 1, eff May 27, 1998.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="36EB1FA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="577E78ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 45-4-60. Fire safety provisions; compliance with codes; equipment and exits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="73FC30ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A)(1) A bed and breakfast must provide a safe and secure environment for guests, visitors, and staff.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="331CB1E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The use of a portable, supplemental heater may not be substituted for a permanent heating source.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="14737B81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)(1) A new bed and breakfast must comply with provisions of fire safety and fire prevention statutes, regulations, codes, and ordinances enacted or promulgated by the State or a political subdivision for application to private residences or single-family dwellings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="3EAB2CD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A new bed and breakfast must adopt a controlled cooking plan or install a commercial hood with a fire suppression system.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="39207573" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) A bed and breakfast which is damaged or renovated in an amount exceeding fifty percent of the appraised value of the building is considered a new building for purposes of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="034D47FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) An existing bed and breakfast must comply with the following provisions:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="67E490D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Guestrooms that are used for sleeping purposes must be provided with smoke detectors. Smoke detectors must be installed in accordance with the manufacturer's instructions and may be battery-operated or hard wired in existing buildings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="5C9E6798" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(2) Not more than 15 guests may be housed on any floor of an existing bed and breakfast. Occupancy in excess of this number requires a one-hour safety corridor and a second exit. Windows are not exits. All guest sleeping rooms must have at least one operable window.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="58B98C31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) In an existing bed and breakfast, one exit is allowed from an occupied roof, if the area is less than five hundred square feet and is not higher than immediately above the second floor. Rooms within a bed and breakfast may exit through more than one intervening room. Windows are not exits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="7C7CEBE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Corridors and exit balconies in an existing bed and breakfast may be as narrow as thirty-six inches. A guestroom located not higher than the second floor above ground level does not require an enclosed stairway.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="7AD511E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) An existing bed and breakfast must provide illuminated hallways and stairs, with an emergency power source in the event of power failure to the building.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="77F239F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) At least one fire extinguisher with a 2A:10BC rating or higher must be provided on each floor of an existing bed and breakfast. A 40BC rated fire extinguisher must be provided in the kitchen area.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="7CD0ED43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) An existing bed and breakfast is exempt from the requirements of a commercial hood and extinguishing system.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D3C9BA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="1F6B9EC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 300, § 1, eff May 27, 1998.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="293DFB23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="5ABEDB54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 45-4-70. Swimming pools; standards for construction and operation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="4370E80B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If a bed and breakfast has a swimming pool which is available to guests, it must be constructed and operated in accordance with Department of Health and Environmental Control standards for residential swimming pools.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="734EFE84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="4D7EA8DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 300, § 1, eff May 27, 1998.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="038800D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="6AD34F2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 45-4-80. Insurance coverage.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="0A65271F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A bed and breakfast shall maintain appropriate commercial insurance, including property and liability coverage, as a lodging facility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="40D70413" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="5A6CAAD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 300, § 1, eff May 27, 1998.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1124624C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="7321C974" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 45-4-90. Exemption for tax on accommodations for transients.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="4EEA2573" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The exemption from the tax provided in Section 12-36-920 shall apply to any bed and breakfast that has no more than five rentable guestrooms on the same premises and that is also the innkeeper's place of abode.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D2FA3E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="3BAA2A20" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 300, § 1, eff May 27, 1998.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -3305,51 +3042,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -3786,66 +3523,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>