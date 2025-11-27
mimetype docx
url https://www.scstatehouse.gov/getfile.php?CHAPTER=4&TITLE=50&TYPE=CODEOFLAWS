--- v0 (2025-10-06)
+++ v1 (2025-11-27)
@@ -1,484 +1,461 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcaf42d9ffde34c86" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00808add001349f799397a7d565d2a02.psmdcp" Id="R8310825f367c45be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf31a7ed48e1f4e65" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4bb57a423ae84dec8342a6eeb085bae9.psmdcp" Id="R06827942dfeb46da" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00112112" w:rsidRDefault="00112112" w14:paraId="62FD0AD8" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6E9B2CF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7FCD02EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>South Carolina Solar Habitat Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4D3A55FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4E300575" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-4-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5C13CB80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as the "South Carolina Solar Habitat Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1CE14344" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5490C4C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2018 Act No. 253 (H.4875), § 1, eff May 25, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4CFAD823" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2F3A6761" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-4-20. Voluntary site management practices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="42C808BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>An owner of a ground-mounted commercial solar energy generation site is encouraged to follow voluntary site management practices that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="12C10972" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) provide native perennial vegetation and foraging habitats beneficial to gamebirds, songbirds, and pollinators; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="454CC8B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) reduce storm water runoff and erosion at the solar generation site.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="639C44FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="69097B58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2018 Act No. 253 (H.4875), § 1, eff May 25, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7BB7FAD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="279EE5AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-4-30. Native vegetation habitat and pollinator management plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7D1D77D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The South Carolina Department of Natural Resources, working in conjunction with other state agencies and nonprofit conservation organizations, shall establish a native vegetation habitat and pollinator management plan to be used as technical guidance for the purposes of this act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0FF9374C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>An owner of a solar energy generation site implementing solar site management practices under this section may claim that the site increases the habitat value by providing benefits to gamebirds, songbirds, pollinators, and small mammals only if the site adheres to guidance set forth by the wildlife habitat and pollinator plan provided by the department or any other gamebird, songbird, or pollinator foraging-friendly vegetation standard established by the department. An owner wishing to make a beneficial ha</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>bitat claim must make the site's vegetation management plan available to the public and provide a copy of the plan to the department for review.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6AD5C5E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department or another entity may issue a certificate of compliance to the owner of a solar site meeting the plan guidelines that the owner may use to promote its participation in the program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0DC212D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="571E5D81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2018 Act No. 253 (H.4875), § 1, eff May 25, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -489,51 +466,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -970,66 +947,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>