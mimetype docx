--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -1,2044 +1,2701 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R11efe2d6b2e0475f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5036d2e10f24f39b3c43b636f8aba2a.psmdcp" Id="Rd087fd45c3604ca9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc182b4fc3154445d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/676f5277a4b048f0935672c3fc0087d3.psmdcp" Id="R94a3b1fc76ee4066" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00634D04" w:rsidRDefault="00634D04" w14:paraId="1AC4EF2C" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="26A628AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1131E032" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Net Energy Metering</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="13588E8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="456705F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-40-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6B22EC29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this section:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0735A208" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) "Commission" means the Public Service Commission of the State of South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="04578157" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(B) "Customer" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means the person who is named on the electrical utility bill for the premises.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0EE4DE4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) "Customer-generator" means the owner, operator, lessee, or customer-generator lessee of an electric energy generation unit which:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1555775A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) generates or discharges electricity from a renewable energy resource, including an energy storage device configured to receive electrical charge solely from an onsite renewable energy resource;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4490E3CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) has an electrical generating system with a capacity of:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1FE95263" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a)(i) not more than the lesser of one thousand kilowatts (1,000 kW AC) or one hundred percent of contract demand if a nonresidential customer; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0189DBA9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) after June 1, 2025, not more than the lesser of five thousand kilowatts (5,000kW AC) or one hundred percent of contract demand for a nonresidential customer, provided the customer-generator is on a time-of-use rate schedule and any excess energy produced by the customer-generator is credited and reset at the end of each monthly period; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4399EE39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) more than five thousand kilowatts (5,000kW AC) if agreed to by the customer-generator and the electrical utility, provided that the electrical utility submits the agreement to the commission for consideration and approval if the commission finds the agreement to contain appropriate ratemaking provisions and is in the public interest; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4D461519" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) not more than twenty kilowatts (20 kW AC) if a residential customer;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="640B40A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) is located on a single premises owned, operated, leased, or otherwise controlled by the customer;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="492E314B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) is interconnected and operates in parallel phase and synchronization with an electrical utility and complies with the applicable interconnection standards;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5AECBB15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) is intended primarily to offset part or all of the customer-generator's own electrical energy requirements; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6F6FDD29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) meets all applicable safety, performance, interconnection, and reliability standards established by the commission, the National Electrical Code, the National Electrical Safety Code, the Institute of Electrical and Electronics Engineers, Underwriters Laboratories, the federal Energy Regulatory Commission, and any local governing authorities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="322CA6AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(D) "Electrical utility" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>shall be defined as in Section 58-27-10; provided, however, that electrical utilities serving less than one hundred thousand customer accounts shall be exempt from the provisions of this chapter.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="62F14DCC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) "Net energy metering" means using metering equipment sufficient to measure the difference between the electrical energy supplied to a customer-generator by an electrical utility and the electrical energy supplied by the customer-generator to the electricity provider over the applicable billing period.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1C4E8113" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) "Renewable energy resource" means solar photovoltaic and solar thermal resources, wind resources, hydroelectric resources, geothermal resources, tidal and wave energy resources, recycling resources, hydrogen fuel derived from renewable resources, combined heat and power derived from renewable resources, and biomass resources as defined in Section 12-63-20(B)(2).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="66B4D196" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) "Solar choice metering measurement" means the process, method, or calculation used for purposes of billing and crediting at the commission determined value.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5EFB8A37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5CAC44C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 236 (S.1189), § 3, eff June 2, 2014; 2019 Act No. 62 (H.3659), §§ 3, 4, eff May 16, 2019; 2025 Act No. 41 (H.3309), §§ 14, 35, eff May 12, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7459E36A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="78DBBF72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 41, § 1, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="57372FDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 1. This act may be cited as the 'South Carolina Energy Security Act.' "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3EEC7717" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 41, § 33, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4249BB10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 33. (A) To foster economic development and future jobs in this State resulting from the supply chains associated with the same while supporting the significant and growing energy and capacity needs of the State, enhance grid resiliency, and maintain reliability, the General Assembly finds that the State of South Carolina should take steps necessary to encourage the development of a diverse mix of long-lead, clean generation resources that may include nuclear and advanced nuclear, biomass as defined</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Section 12-63-20(B)(2) of the S.C. Code, hydrogen-capable resources, fusion energy, and other technologies, and should preserve the option of efficiency development of such long-lead resources with timely actions to establish or maintain eligibility for or capture available tax or other financial incentives or address operational needs.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="27A32EB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(B) For an electrical utility to capture available tax or other financial or operational incentives for South Carolina ratepayers in a timely manner, the commission may find that actions by an electrical utility in pursuit of the directives in Section 58-37-35(A) are in the public interest, provided that the commission determines that such proposed actions are in the public interest and reasonably balance economic development and industry retention benefits, capacity expansion benefits, resource adequacy a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>nd diversification and potential risks, costs, and benefits to ratepayers and otherwise comply with all other legal requirements applicable to the electrical utility's proposed action. For the South Carolina Public Service Authority, the Office of Regulatory Staff and the Public Service Authority's board of directors shall apply the same principles described in this subsection in evaluating and approving actions proposed by the management of the Public Service Authority to achieve the objectives of this sec</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>tion."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0D0E5BBC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 41, § 41, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3C483F21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 41. (A) Five years after the effective date of this act, the Office of the Regulatory Staff shall prepare a report, to be filed with the Public Utilities Review Committee and the General Assembly, to address the implementation of Article 24, Chapter 27, Title 58 as it relates to the following areas:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="25F3A8DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(1) assessing the functioning of the procedures established by section with recommendation for any changes required to ensure their efficient functioning, to promote regulatory efficiency, and to make further the establishment of just, reasonable, and fair rates;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4BEA23FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(2) assessing the effect of rates on ratepayers of all classes;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3FFA3869" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(3) assessing the reliability of the electric system and whether investments made by electric utilities increased reliability compared to any change in electric utility rates experienced by ratepayers within the same timeframe; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3389AEE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(4) any other information requested by the General Assembly to be included within the report.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1DC7B5F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(B) The Office of Regulatory Staff may engage a qualified, independent third party to assist in preparation of the report.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="586A467D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(C) All expenses and charges incurred by the Office of Regulatory Staff in the performance of its duties within this section may be defrayed by assessments made by the Comptroller General against the regulated electrical utilities regulated and based upon twenty-five percent of the gross revenues collected by such electrical utilities from their business done wholly within this State in the manner set out in Section 58-4-60 for other corporations."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3B15E339" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 41, § 42, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1B18A27B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 42. Upon passage of this act, Dominion Energy shall evaluate the process for converting the Wateree Generating Station from coal-fired generation to biomass-fired generation. Biomass-fired generation includes, but is not limited to, generation from the firing of wood pellets and wood chips. Dominion Energy must make a report concerning the conversion process to the Public Service Commission and General Assembly by no later than January 13, 2026."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6EDEB497" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 236, § 7, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="69416CB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 7. Each distribution electric cooperative board shall consider the general objectives of Section 58-40-10, et seq. and any methodology promulgated thereunder in adopting a net energy metering policy. Each distribution electric cooperative shall adopt a net energy metering policy and shall report their policy to the ORS within one year of the passage of this act. Provided, however, that the requirements of this section do not apply to an electric cooperative organized under the laws of a state other</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> than South Carolina."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5CC28637" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 236, § 9, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2C39ED61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 9. If the application of the provisions of this act to any wholesale electrical contract existing on the date of its adoption is determined to impair unlawfully any term of such contract or to add material costs to either party, then that contract will be exempt from the terms of this act to the extent necessary to cure such impairment or to avoid the imposition of additional material costs."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4DF49B58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="22C09038" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 62, § 3, in (C), rewrote (1).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4D137B11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 62, § 4, added (G), relating to the definition of "Solar choice metering measurement".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7D4D946E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 41, § 14, designated (C)(2)(a) as (C)(2)(a)(i) and inserted (C)(2)(a)(ii) to (C)(2)(a)(iii).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6811E789" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 41, § 35, in (F), inserted "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>as defined in Section 12-63-20(B)(2)" at the end of the subsection.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="386E207A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="641D44DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-40-20. Net energy metering; legislative intent; instructions; tariff.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="13BDC023" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) It is the intent of the General Assembly to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="77A9B4F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) build upon the successful deployment of solar generating capacity through Act 236 of 2014 to continue enabling market-driven, private investment in distributed energy resources across the State by reducing regulatory and administrative burdens to customer installation and utilization of onsite distributed energy resources;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="32C34C6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) avoid disruption to the growing market for customer-scale distributed energy resources; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="30EDC255" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) require the commission to establish solar choice metering requirements that fairly allocate costs and benefits to eliminate any cost shift or subsidization associated with net metering to the greatest extent practicable.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7630E18C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) An electrical utility shall make net energy metering available to all customer-generators who apply before June 1, 2021, according to the terms and conditions provided to all parties in Commission Order No. 2015-194. Customer-generators who apply for net metering after the effective date of this act but before June 1, 2021, including subsequent owners of the customer-generator facility or premises, may continue net energy metering service as provided for in Commission Order No. 2015-194 until May 31, 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>029.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1E41C5D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) No later than January 1, 2020, the commission shall open a generic docket to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3A7B9D28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) investigate and determine the costs and benefits of the current net energy metering program; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="55878D8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) establish a methodology for calculating the value of the energy produced by customer-generators.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0DA7B844" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) In evaluating the costs and benefits of the net energy metering program, the commission shall consider:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0556E3C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the aggregate impact of customer-generators on the electrical utility's long-run marginal costs of generation, distribution, and transmission;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6809FAAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the cost of service implications of customer-generators on other customers within the same class, including an evaluation of whether customer-generators provide an adequate rate of return to the electrical utility compared to the otherwise applicable rate class when, for analytical purposes only, examined as a separate class within a cost of service study;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="63B57C03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the value of distributed energy resource generation according to the methodology approved by the commission in Commission Order No. 2015-194;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="240988B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the direct and indirect economic impact of the net energy metering program to the State; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="14590E5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(5) any other information the commission deems relevant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="71AC0A58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The value of the energy produced by customer-generators must be updated annually and the methodology revisited every five years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4FEF73A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F)(1) After notice and opportunity for public comment and public hearing, the commission shall establish a "solar choice metering tariff" for customer-generators to go into effect for applications received after May 31, 2021.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="33FFEE6E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) In establishing any successor solar choice metering tariffs, and in approving any future modifications, the commission shall determine how meter information is used for calculating the solar choice metering measurement that is just and reasonable in light of the costs and benefits of the solar choice metering program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="22304FFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) A solar choice metering tariff shall include a methodology to compensate customer-generators for the benefits provided by their generation to the power system. In determining the appropriate billing mechanism and energy measurement interval, the commission shall consider:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2B81C93E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) current metering capability and the cost of upgrading hardware and billing systems to accomplish the provisions of the tariff;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4E3A6E1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the interaction of the tariff with time-variant rate schedules available to customer-generators and whether different measurement intervals are justified for customer-generators taking service on a time-variant rate schedule;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6F2B8CA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) whether additional mitigation measures are warranted to transition existing customer-generators; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="389B27DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) any other information the commission deems relevant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="183FD353" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) In establishing a successor solar choice metering tariff, the commission is directed to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="140C3722" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) eliminate any cost shift to the greatest extent practicable on customers who do not have customer-sited generation while also ensuring access to customer-generator options for customers who choose to enroll in customer-generator programs; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="710FF4D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) permit solar choice customer-generators to use customer-generated energy behind the meter without penalty.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5B90D559" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(H) The commission shall establish a minimum guaranteed number of years to which solar choice metering customers are entitled pursuant to the commission approved energy measurement interval and other terms of their agreement with the electrical utility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="09BF2002" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(I) Nothing in this section, however, prohibits an electrical utility from continuing to recover distributed energy resource program costs in the manner and amount approved by Commission Order No. 2015-194 for customer-generators applying before June 1, 2021. Such recovery shall remain in place until full cost recovery is realized. Electrical utilities are prohibited from recovering lost revenues associated with customer-generators who apply for customer-generator programs on or after June 1, 2021.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7C0E1F17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(J) Nothing in the section prohibits the commission from considering and establishing tariffs for another renewable energy resource.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4555A64C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="121A7A64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 236 (S.1189), § 3, eff June 2, 2014; 2019 Act No. 62 (H.3659), § 5, eff May 16, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4030481F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="24703ACF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 236, § 9, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3A45E9DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 9. If the application of the provisions of this act to any wholesale electrical contract existing on the date of its adoption is determined to impair unlawfully any term of such contract or to add material costs to either party, then that contract will be exempt from the terms of this act to the extent necessary to cure such impairment or to avoid the imposition of additional material costs."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2E684D3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7FEA05A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 62, § 5, rewrote the section, declaring the intent of the General Assembly, requiring net energy metering, and establishing additional requirements for the Public Service Commission.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2049,51 +2706,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2530,66 +3187,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>