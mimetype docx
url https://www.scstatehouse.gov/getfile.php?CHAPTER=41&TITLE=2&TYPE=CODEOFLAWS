--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -1,1224 +1,1233 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfe4f0b224c234a03" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50a98a556c2e413c907b01a6029ba77c.psmdcp" Id="R94acc2009ae14cac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4349bba84dad45ef" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20e3d8999fb6401ea5d246987afa56a4.psmdcp" Id="R351308535e6b4969" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0000330E" w:rsidRDefault="0000330E" w14:paraId="38AD8867" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="62DCCA33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="615D21C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Joint Committee on Taxation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="38EF50F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="62E8D309" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-41-10. Joint Committee established; appointment of members.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="2E399EBA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>There is established the Joint Committee on Taxation composed of nine members. The nine members must be appointed as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="74207020" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) three Senators appointed by the Chairman of the Senate Finance Committee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="35A719C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) three members of the House of Representatives appointed by the Chairman of the Ways and Means Committee; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="188A076C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) three representatives of the business community, one being a certified public accountant, appointed by the Governor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="499CCF36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Members of the Senate and House of Representatives serve exofficio. The committee chairman must be one of the legislative members and the vice-chairman must be one of the business community members. Both officers are to be elected by the membership of the committee. The terms of members appointed by the Governor shall be coterminous with the term of the appointing Governor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="571BEC24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="319E5DF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 334, § 18.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2420A374" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="55D98B7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-41-20. Joint Committee function and duties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="6F1521FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The committee must:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="3D912CB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) make a detailed and careful study of the revenue laws of the State, together with all other laws of the State which have a bearing upon the study of the revenue laws, and to make recommendations to the General Assembly;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="08B5CC73" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) provide for the revision of revenue laws so as to develop a more easily understandable and workable system of revenue laws for the State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="09465B9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) recommend changes in the basic tax structure of the State and in the rates of taxation, together with predicted revenue effects of the charges together with proposed alternate sources of revenue, to the end that our revenue system may be stable and equitable, and yet so fair when compared with the tax structures of other states, that business enterprises and persons would be encouraged by the economic impact of the South Carolina revenue laws to move themselves and their business enterprises into the S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>tate;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="520ECBA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) recommend study of alternate sources of revenue found in the tax structures of other states, and particularly in the other southeastern states, and to make a report of the economic impact of the South Carolina tax structure upon the business enterprises of various types of industry, as compared with those of other southeastern states; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="58B4D365" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(5) make recommendations for long-range revenue planning and for future amendments of the revenue laws of South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2473C34E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="1AF3F9FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 334, § 18.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1990A1E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="0A788DC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-41-30. Public hearings; receipt of testimony; assistance in performance of duties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="51689D11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The committee may:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="0857082E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) hold public hearings;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="0A65C1E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(2) receive testimony of any employees of the State or any other witnesses who may assist the committee in its duties; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="5A18FFAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) call for assistance in the performance of its duties from any employees or agencies of the State or any of its political subdivisions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="44903726" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="3097CEE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 334, § 18.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4A388BCD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="7287F1C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-41-40. Adoption of rules.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="2DD4A156" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The committee may adopt by majority vote rules not inconsistent with this chapter it considers proper with respect to matters relating to the discharge of its duties under this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="37F91486" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="318322EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 334, § 18.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="06BD13FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="3AADFC4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-41-50. Professional and clerical support services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="0CD5C7F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Professional and clerical services for the committee must be made available from the staffs of the General Assembly, the Revenue and Fiscal Affairs Office and the Executive Budget Office, the Department of Revenue, and other state agencies and institutions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="089E9D5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="2E436CEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 334, § 18.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="4BA75ACC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="2DCEA388" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, references in this section to the offices of the former State Budget and Control Board, Office of the Governor, or other agencies, were changed to reflect the transfer of them to the Department of Administration or other entities, pursuant to the directive of the South Carolina Restructuring Act, 2014 Act No. 121, § 5(D)(1), effective July 1, 2015.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6237BCBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="3E18AEAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-41-60. Reports and recommendations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="1FB61B1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The committee must make reports and recommendations to the General Assembly and the Governor by June 30, 2006, at which time the committee will be dissolved. These findings and recommendations must be published and made available to the public.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7CD4E970" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="187144F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 334, § 18.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03CF42EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="2FF2DC7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-41-70. Expense reimbursement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="15932FDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The members of the committee are entitled to receive the per diem, mileage, and subsistence as is allowed by law for members of boards, committees, and commissions when engaged in the exercise of their duties as members of the committee. These expenses must be paid from approved accounts of their respective appointing authority. All other costs and expenses of the committee must be paid in equal proportion by the Senate, the House of Representatives, and the Office of the Governor, but only after the expen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ditures have been approved in advance by the President of the Senate, the Speaker of the House, and the Governor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="75A8C25F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="7496AC23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 334, § 18; 2019 Act No. 1 (S.2), § 22, eff January 31, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="2DA7AB8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="08D8E3EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 1, § 22, in the third sentence, substituted "President of the Senate" for "President Pro Tempore of the Senate".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1229,51 +1238,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1710,66 +1719,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>