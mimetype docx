--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -1,1596 +1,1558 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5cd56b9acb64419b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/827367e683144527a4643e321a078b6f.psmdcp" Id="Rb53372665ae64821" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re36fe5fca3894677" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a4e70e6b8e94321bceec1774f2c1d16.psmdcp" Id="R781c1e5a2790421f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00BA713F" w:rsidRDefault="00BA713F" w14:paraId="1F87B75E" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6B8E1AEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="00CD4E4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Arson Reporting-Immunity Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="76FCC1D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0EB2FFA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-41-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="641DADD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>This chapter may be cited as the South Carolina Arson Reporting-Immunity Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76A341CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="275F8C90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 436, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="729D03A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="12EB4E64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-41-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="488FC287" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For the purpose of this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="72AE1AA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) "Authorized agencies" means:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="395A6886" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the State Fire Marshal when authorized or charged with the investigation of fires at the place where the fire actually took place;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7AF382A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the Chief of the State Law Enforcement Division;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5D6FE5B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the South Carolina Attorney General;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="02B5CC64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the solicitor responsible for prosecution in the county where the fire occurred;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1670004F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) the United States Department of Justice and its Federal Bureau of Investigation; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="15C448F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(6) the Fire Chief, Sheriff, or Chief of Police having jurisdiction over the arson investigation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="2C21E9F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) "Relevant" means having any tendency to make the existence of any fact that is of consequence to the investigation or determination of the issue more probable or less probable than it would be without the evidence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...78 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="71BF6A8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(c) Material will be "deemed important" if such material is requested by an authorized agency.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0FA78EC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) "Action" shall include affirmative acts and the failure to take action.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6B87C3C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) "Immune" means that neither a civil action nor a criminal prosecution may arise from any action taken pursuant to this chapter unless actual malice on the part of the insurance company or authorized agency against the insured or gross negligence or reckless disregard for his rights is present.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="60363646" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6E0A2352" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 436, § 1; 1992 Act No. 454, § 2; 2009 Act No. 30, § 1, eff June 2, 2009.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7F01853D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1B8A0E9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2009 amendment added subparagraph (a)(6) relating to public safety officials authorized to receive information from an insurance company.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="52BBB8A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0F28D81E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-41-30. Release of information by insurance company.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="76E0FF40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Any authorized agency may require, in writing, the insurance company at interest to release to the requesting agency any or all relevant information or evidence deemed important to the authorized agency which the company may have in its possession relating to the fire loss in question. Relevant information includes:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="634B8625" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) pertinent insurance policy information relevant to a fire loss under investigation and any application for such a policy;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6D07D2F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) policy premium payment records which are available;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="2B7BF02F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) history of previous claims made by the insured;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4A4E7DF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) material relating to the investigation of the loss, including statements of any person, proof of loss, and any other evidence relevant to the investigation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="15FC3322" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) When an insurance company has reason to believe that a fire loss in which it has an interest may be of other than accidental cause, the company may notify, in writing, an authorized agency and provide it with any or all material developed from the company's inquiry into the fire loss; however, when such information includes possible evidence of arson or other unlawful burning involving specifically named persons, the information in all cases may be furnished to the solicitor in the circuit where the fi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>re occurred and he shall furnish the information to other properly authorized agencies if he considers such action to be appropriate. When an insurance company provides any one of the authorized agencies with notice of a fire loss, it is sufficient notice for the purpose of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7AFFD165" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(c) When an insurance company denies payment of a claim to an insured on grounds of arson, false swearing, material misrepresentation, fraud, or similar claim or defense such insurer shall in all cases notify in writing the Director of the Department of Insurance. The Director of the Department of Insurance may notify, after the investigation, an authorized agency if he considers the action to be appropriate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4730E73F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) The authorized agency provided with information pursuant to this chapter may release or provide such information to any agency asked to participate in the investigation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="344303D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) Any insurance company providing information to an authorized agency pursuant to this chapter has the right to be informed, upon written request, as to the status of the case by such agency within a reasonable time, as determined by the authorized agency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="09A759E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) Any insurance company or authorized agency which notifies the Director of the Department of Insurance or provides or releases information, whether oral or written, and any person acting in their behalf, pursuant to this chapter is immune from any liability arising out of such notification or release.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="430E965E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="78AA356D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 436, § 1; 1989 Act No. 148, § 27; 1993 Act No. 181, §§ 366, 367.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0B0257D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="545EE5F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-41-40. Confidentiality.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="15EB06BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Any authorized agency or insurance company which receives any information furnished pursuant to this chapter must hold the information in confidence until such time as its release is required pursuant to a criminal or civil action or proceeding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="370B1063" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Any authorized agency, its agents or employees, may be required to testify in any litigation in which the insurance company at interest is named as a party until such litigation is completed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1FBDB06F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4DB6404D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 436, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E7C8FB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4CEACF55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-41-50. Violations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="54D598FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) No person shall intentionally or knowingly refuse to release any information requested pursuant to this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7E10F844" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) No person shall fail to hold in confidence information required to be held in confidence by this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="601D71B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0DC37474" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 436, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2A853DFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="52203A8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-41-60. Penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="42D403FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Any person violating any of the provisions of this chapter is guilty of a misdemeanor and, upon conviction, must be fined not more than three thousand dollars or imprisoned not more than two years, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="01BFAC60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="19E64501" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 436, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1601,51 +1563,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2082,66 +2044,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>