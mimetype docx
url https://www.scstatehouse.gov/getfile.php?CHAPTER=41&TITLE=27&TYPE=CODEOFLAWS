--- v0 (2025-10-03)
+++ v1 (2025-11-23)
@@ -1,413 +1,408 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4ab20677574a448e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef44f56c216845ee95308988c697546b.psmdcp" Id="R489e5be1cf28443d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R796606d8357247fb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea07c0dd67164c7fb39db0e1f6cedff9.psmdcp" Id="R985ddb57ece44292" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00270A17" w:rsidRDefault="00270A17" w14:paraId="5B954108" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5034F964" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CHAPTER 41</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="02DD48AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>CHAPTER 41</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Undertenants of Life Tenants</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3983FA66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4A2AFB45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 27-41-10. Recovery of rent from undertenant on death of life tenant.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="721582B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>When any tenant for life shall happen to die before or on the day on which any rent was reserved or made payable upon any demise or lease of any lands, tenements or hereditaments to an undertenant which determined on the death of such tenant for life, the executors or administrators of such tenant for life shall and may recover of and from such undertenant of such lands, tenements or hereditaments the rent thereof as prescribed in § 27-41-20.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D354A7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="69C80032" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 41-251; 1952 Code § 41-251; 1942 Code § 8797; 1932 Code § 8797; Civ. C. '22 § 5264; Civ. C. '12 § 3494; Civ. C. '02 § 2480; G. S. 1805; R. S. 1924; 1712 (2) 577.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0F04AAF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="002D83FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 27-41-20. Proportion of rent to be paid at death of life tenant.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1260DD74" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If such tenant for life die on the day on which the rent was payable, the whole of such rent shall be so recovered but if such tenant for life die before such day a proportion of such rent, according to the time such tenant for life lived of the last year or quarter of a year, or other time in which the rent was growing due as aforesaid, making all just allowances, shall be so recovered; or a reasonable part thereof, respectively, shall be so recovered if the recovery of the whole or such portion thereof a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>s aforesaid shall be unreasonable.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F8276E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="432802CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>s aforesaid shall be unreasonable.</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 41-252; 1952 Code § 41-252; 1942 Code § 8798; 1932 Code § 8798; Civ. C. '22 § 5265; Civ. C. '12 § 3495; Civ. C. '02 § 2409; G. S. 1806; R. S. 1924; 1712 (2) 577.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="57E7B979" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="56360066" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 27-41-30. Undertenant's right to possession.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3B1325F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>If any person shall rent or hire lands of a tenant for life and such tenant for life dies, the person hiring such land shall not be dispossessed until the crop of that year is finished, he securing the payment of the rent when due.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="29D4D0B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="442F92C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...98 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 41-253; 1952 Code § 41-253; 1942 Code § 8799; 1932 Code § 8799; Civ. C. '22 § 5266; Civ. C. '12 § 3496; Civ. C. '02 § 2410; G. S. 1807; R. S. 1926; 1789 (5) 111.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -418,51 +413,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -899,66 +894,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>