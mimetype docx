--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -1,3283 +1,3291 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra797452d0c8e496c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa206f05af9e4e6e92236d43feb051ee.psmdcp" Id="Rca9e6d7dee7749c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb63701b54f534899" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6fa5777d0204505ba2274283bbaff92.psmdcp" Id="R5e151bbf58fc427f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00BA713F" w:rsidRDefault="00BA713F" w14:paraId="37AC6333" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5D06BE26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4FCD9702" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Modular Buildings Construction Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1CBB5D95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="30CA1A0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="45B936CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>This chapter may be cited as The South Carolina Modular Buildings Construction Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7A24C8E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="18E436EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 481, § 1; 1985 Act No. 111, § 1; 1990 Act No. 560, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C99D323" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="2D50FC8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4DA0D08F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="30AC73A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Council" means the South Carolina Building Codes Council as established by Section 6-9-60.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="38962596" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Modular building unit" means any building of closed construction, regardless of type of construction or occupancy classification, other than a mobile or manufactured home, constructed off-site in accordance with the applicable codes, and transported to the point of use for installation or erection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="71640E71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Installation" means the assembly of modular building structures on-site and the process of affixing modular buildings related components to land, a foundation, footings, utilities, or an existing building.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7362FD62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Local government" means any political subdivision of the State with authority to establish standards and requirements applicable to the construction, installation, alteration, and repair of buildings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6C553F5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Mobile home" or "manufactured home" means any residential dwelling unit constructed to standards and codes as promulgated by the United States Department of Housing and Urban Development.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="29DA1B7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Approved inspection agency" means an agency approved by the council to provide plan review and approval, evaluation, and inspection in addition to adequate follow-up services at the point of manufacture to insure that production units are in full compliance with the provisions of this chapter. An approved inspection agency must retain a building construction-oriented South Carolina registered professional engineer or architect who must be responsible for compliance with this chapter and regulations of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> the council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="2F161077" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(7) "Point of manufacture" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means the place of business at which machinery, equipment, and other capital goods are assembled and operated for the purpose of fabricating, constructing, or assembling modular building units.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7633126C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "Fees" means monies to be paid to the council from any person engaged in the manufacture, inspection, or installation of modular building units.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="53F17F31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) "Certification" means conforming to the regulations of the Council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7E104713" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) "Certification label" means the approved form of certification by the council issued to the manufacturer that is permanently affixed to each transportable section of each factory-built modular structure for sale within the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="621CD1EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="07C26B7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 481, § 1; 1985 Act No. 111, § 1; 1990 Act No. 560, § 1; 1993 Act No. 181, § 368; 2014 Act No. 179 (H.4578), § 1, eff May 16, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7CA6EF4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="45F7F29E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 179, § 1, in subsection (6), added the last sentence.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="36C2878A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="50861DB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-30. Policy and purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4A47D7DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is the policy and purpose of this State to provide protection to the public against possible hazards and to promote sound building construction and for that purpose to forbid the sales, rental, and use of new modular building units which are not so constructed as to provide safety and protection to their owners and users. Because of the nature of the construction of modular building units, their assembly and use and that of their systems, including heating, cooling, plumbing, and electrical which may ha</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ve concealed parts, there may exist hazards to the health, life, and safety of persons or property which are not easily ascertainable by purchasers, users, and local building officials.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="046D7506" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6E4D1632" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 481, § 1; 1985 Act No. 111, § 1; 1990 Act No. 560, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B817FB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="753EF666" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-40. Promulgation of regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="317BEAC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The council may promulgate regulations for the proper enforcement and implementation of this chapter. Promulgated regulations must incorporate the codes enumerated in Section 6-9-50.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1EBAC007" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6B95687F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 481, § 1; 1985 Act No. 111, § 1; 1990 Act No. 560, § 1; 1999 Act No. 45, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="670A198D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="19862C3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-60. Building Code Council to hear appeals; variances.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="69C9156E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The council shall hear appeals and approve or disapprove requested variances from this chapter's provisions. Variances are limited to those instances which are ruled to be equivalent or meet the intent of this chapter. The basis of the decision must be published with the variance order.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="08F4587F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0D457386" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 481, § 1; 1985 Act No. 111, § 1; 1990 Act No. 560, § 1; 1999 Act No. 45, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="650CF24D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="51563886" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-70. Publication of standards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="38DB79BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The council shall have printed all regulations prescribing standards for modular building units, and they must be furnished upon request to the public.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D6BDFC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5797515E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 481, § 1; 1985 Act No. 111, § 1; 1990 Act No. 560, § 1; 1993 Act No. 181, § 369.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="50F39923" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="08D01532" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-80. Certification by South Carolina Building Codes Council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...69 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1EEE188F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Modular buildings must be certified by the council, as complying with this chapter and the regulations promulgated by authority of this chapter, if they have been manufactured in accordance with approved building systems and passed inspection in accordance with an approved compliance assurance program in Section 23-43-90. Certification is evidenced by the attachment to each modular building, a label issued by the council. Certification labels can only be attached to a modular building by the manufacturer u</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>nder the supervision of the approved inspection agency. A certified modular building may not be altered in any way prior to the issuance of all permits required by local government without the council's approval.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0F29AC9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7FE2845A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 481, § 1; 1985 Act No. 111, § 1; 1990 Act No. 560, § 1; 2014 Act No. 179 (H.4578), § 3, eff May 16, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="43C645D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7B5557EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 179, § 3, inserted "in Section 23-43-90" in the first sentence.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="36670D50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="20AE64CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-85. Standards for placement of modular homes; display models.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="183C4B35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A single-family modular home manufactured after January 1, 2005, must meet the following standards to be certified for placement in this State:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7F60CC23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Roof pitch. For homes with a single predominant roofline, the pitch of the roof must be at least five feet rise for every twelve feet of run;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="2E21726A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Eave projections. The eave projections of the roof must be at least ten inches, not including a gutter around the perimeter of the home unless the roof pitch is at least seven feet rise for every twelve feet of run;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="49E014C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Exterior wall. The height of the exterior wall must be at least seven feet six inches for the first story;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="48EAA5DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(4) Siding and roofing materials. The materials and texture of the exterior materials must be compatible in composition, appearance, and durability to the exterior materials commonly used in standard residential construction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="452C2266" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A single-family modular home placed in the State after January 1, 2005, must meet the foundation requirements provided by the State in this subsection:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3495BCC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) A perimeter wall located under the exterior walls of the home, whether load-bearing or nonload-bearing, must be constructed of brick, masonry, or other permanent material commonly used in standard residential construction, consistent with surrounding residential structures, and in accordance with the International Residential Code as adopted by the South Carolina Department of Labor, Licensing and Regulation. All modular manufacturers shall submit with the plan set for each building to the department's</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Modular Buildings Program a minimum foundation design.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1BF29744" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A home located in a coastal or flood plain area may require piling or other special foundation designs. These foundations must be designed by a registered professional engineer or architect and are subject to review and approval by the local jurisdiction and not by the Modular Buildings Program. A perimeter wall constructed of brick, masonry, or other materials to enclose the foundation of the home may be a requirement of the design.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="478C31D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) An appeal for a variance from a certification standard or a foundation requirement described in this section may be taken in the same manner as provided in Section 23-43-120.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="42DE1429" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A single-family modular home used as a display model may be placed for its first residential use in this State if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="31551064" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) it bears a valid modular home label issued pursuant to this chapter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4DEE964E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) it meets the appropriate wind and seismic requirements in effect when the label was issued;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3E65EAF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) it has not been altered from its original design;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3F29A6E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(4) it was manufactured within five years before the placement for first residential use; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="15090C3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) the seller provides the purchaser with written notice that the home meets the appropriate code requirements in effect at the time of manufacture, and may or may not meet the code requirements in effect at the time of placement for residential use.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0ADC3104" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4FBD73CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 12, § 1; 2012 Act No. 108, § 1, eff February 1, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="29170003" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="37AC5E1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2012 amendment added subsection (D).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="585B2712" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="79B55091" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-90. Family residential modular building; final plan review; commercial or multifamily modular buildings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1CEA0A74" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An approved inspection agency shall perform final plan review and approval, inspection, and certification of a single family residential modular building. Upon final plan review and approval by an approved inspection agency of a plan as meeting the requirements of this chapter and the regulations of the council, a copy of the approved plan must be filed with the Department of Labor, Licensing and Regulation. Upon filing of an approved plan with the department by an approved inspection agency, a manufac</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>turer may request from the department certification labels for units manufactured to the approved plan. Each certification label must bear the serial number of the unit for which it is issued and only may be attached upon final inspection by an approved inspection agency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="66AFA258" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) An approved inspection agency shall perform plan approval, inspection, and certification of commercial or multifamily modular buildings. Upon review by the approved inspection agency, the plans must be submitted to the Department of Labor, Licensing and Regulation for final plan review and approval.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E1CD0FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0CE3AF64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 481, § 1; 1985 Act No. 111, § 1; 1990 Act No. 560, § 1; 2014 Act No. 179 (H.4578), § 2, eff May 16, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4A14D592" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="23C5F1FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 179, § 2, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3BED791F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4B898C41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-100. Effect of certification; responsibilities of local enforcement agencies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="14D80392" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Modular building units certified pursuant to this chapter are considered to comply with the requirements of all laws, ordinances, and regulations of this State or of local governments which govern the matters within the scope of the approval and certification applicable to modular building units, including those bearing upon technologies, techniques, and materials, or the safety of buildings or building components. Local codes enforcement agencies shall issue building permits for certified modular building</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> units, prior to installation, and issue certificates of occupancy after they have been installed and inspected pursuant to this chapter. Any modular building unit found not to comply with this chapter must be brought into compliance before the certificate of occupancy is issued. In the absence of a local building official, the certificate must be issued by the chief administrative officer of the local government.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="078FC4DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="39144C4A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 481, § 1; 1985 Act No. 111, § 1; 1990 Act No. 560, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7CD88992" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4EAF1163" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-110. Certification, suspension or revocation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="376905E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The council shall suspend or revoke, or cause to be suspended or revoked, the certification of any modular building unit which the council finds not to comply with this chapter or regulations promulgated by authority of this chapter, or which has been manufactured pursuant to a building system or compliance assurance program as to which approval has been suspended or revoked, or which has been altered after certification. If the manufacturer fails to comply with a corrective order, labels of certification </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>must be removed from any modular building unit and no new labels issued until it is brought into compliance with this chapter and applicable regulations. Notice of suspension or revocation of certification must be in writing with the reasons for suspension or revocation set forth. Suspensions or revocations may be appealed to the council. Any decision by the board to suspend, revoke, or otherwise restrict the certification of any modular building unit shall be by majority vote and shall be subject to review</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> by an administrative law judge as provided under Article 5 of Chapter 23 of Title 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3B570F4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="472C3276" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 481, § 1; 1985 Act No. 111, § 1; 1990 Act No. 560, § 1; 1993 Act No. 181, § 370; 1999 Act No. 45, § 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1FE31AD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7D068AA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-120. Variance orders.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="40D2F4FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>The council may upon appeal in specific cases authorize variance from regulations to permit certain specified alternatives where the objectives of this chapter may be fulfilled by other means. The basis of its decision must be incorporated into its variance orders.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B29D6BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3F6DFD53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 481, § 1; 1985 Act No. 111, § 1; 1990 Act No. 560, § 1; 1999 Act No. 45, § 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0386074F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0FE10BA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-130. Reservation of local authority; enforcement by local officials.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1CF5E0A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Modular building units bearing evidence of approval must be acceptable in all localities as meeting the requirements of this chapter and must be considered and accepted equivalent to a site-built structure as meeting the requirements of safety to life, health, and property imposed by any ordinance of any local government if the units are erected or installed in accordance with all conditions of the approval. Local land use and zoning requirements, fire zones, building setback requirements, site development</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> requirements, subdivision control, and on-site installation requirements, as well as the review and regulation of aesthetic requirements, are specifically and entirely reserved to local authorities. Those local requirements and rules which may be enacted by local authorities must be reasonable and uniformly applied and enforced without any distinction as to whether a building is a modular or constructed on site in a conventional manner. All local building officials shall enforce the provisions of this chap</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ter and applicable regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4629AF6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="40D48777" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 481, § 1; 1985 Act No. 111, § 1; 1990 Act No. 560, § 1; 1999 Act No. 45, § 5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76420BD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5AF65232" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-150. Sellers of modular building units, licensing requirements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="738F3A41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No person may engage in the business of selling wholesale or retail as a manufacturer or manufacturer's representative of modular building units without being licensed by the council. All license applications must be accompanied by the required fee and a surety bond or other security approved by the council and in an amount set by the council. A separate license and bond or security is required for each manufacturing facility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="43F3B078" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All licenses must be granted or refused within forty days after proper application. All licenses expire June thirtieth of each odd-numbered year, unless sooner revoked or suspended.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0842E338" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each manufacturer's license must be issued in the business name of the manufacturer. Each manufacturer's representative's license must be issued in the name of the representative.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="688475D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The council shall prescribe the form of license. All manufacturer's licenses must be sent to the address of that place of business.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0E6FF429" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pursuant to its regulations, the council may deny the issuance of or revoke or suspend any license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1128B384" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="398253A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 481, § 1; 1985 Act No. 111, § 1; 1990 Act No. 560, § 1; 1999 Act No. 45, § 6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0765E95B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4638D792" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-160. Establishment of fees for enforcement and implementation of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="388A088A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The council may establish various fees for the proper enforcement and implementation of this chapter. These fees must be established by regulations promulgated by the council in accordance with the Administrative Procedures Act. Fees may be charged to any person engaged in the manufacture, inspection, or installation of modular building units. All funds derived from fees must be deposited in the general fund of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FA3C3FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0E104480" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 481, § 1; 1985 Act No. 111, § 1; 1990 Act No. 386, § 1; 1990 Act No. 560, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="454A9632" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="2A92E890" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-170. Certification by other states.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1E9876E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(A) If the council finds that the standards for the manufacture and inspection of modular building units prescribed by statute or rules and regulations of another state, or other governmental agency, meet the objectives of this chapter and applicable regulations and are enforced satisfactorily by the other state, or other governmental agency, or by their agents, the council shall enter into product reciprocity with and accept modular building units which have been certified by the other state or governmenta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>l agency. The standards of another state are not considered to be satisfactorily enforced unless the other state provides for notification to the council of suspensions or revocations of approvals issued by the other state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3F4C50C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The council shall suspend or revoke, or cause to be suspended or revoked, its acceptance or certification, or both, of certified modular building units if it determines that the standards for the manufacture and inspection of the modular building units of another state or other governmental agency do not meet the objectives of this chapter and applicable regulations, or that the standards are not being enforced to the satisfaction of the council. Notice of the suspension or revocation must be in writin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>g with the reasons set forth. Appeals from suspension or revocations must receive timely review.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="33B9271D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) If another state or governmental agency or its agent suspends or revokes its approval or certification, the acceptance or certification, or both, granted under this section must be suspended or revoked accordingly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3D2B347C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The council shall cooperate with similar authorities in other jurisdictions and with nationally recognized codes and standards organizations in developing mutually acceptable methods and procedures for testing, evaluating, approving, and inspecting modular building units and otherwise encouraging their production and acceptance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="48F3E30C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4E49DF3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 481, § 1; 1985 Act No. 111, § 1; 1990 Act No. 560, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="682267D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6B4BD821" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-180. Injunctive relief.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="149A65D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The council may obtain injunctive relief from an administrative law judge as provided under Article 5 of Chapter 23 of Title 1 to enjoin the sale, delivery, or installation of modular building units or of buildings utilizing such components, for which certification is required under this chapter, upon an affidavit of the council specifying the manner in which the modular building units do not conform to the requirements of this chapter or applicable regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="23729112" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The council may obtain injunctive relief from an administrative law judge as provided under Article 5 of Chapter 23 of Title 1 to enjoin any local government from promulgating, adopting, or enforcing any ordinance, rules, regulations, or construction codes and standards for modular building units which are not consistent with this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="485A8367" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0C8A5572" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 481, § 1; 1985 Act No. 111, § 1; 1990 Act No. 560, § 1; 1993 Act No. 181, § 372.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="26F773C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3C0178B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-190. Private suits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1813FC19" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any person in an individual capacity, or on behalf of a class of persons, damaged as a result of a violation of this chapter or applicable regulations has a cause of action in any court of competent jurisdiction against the person to whom the label evidencing certification has been issued with respect to the pertinent modular building units, or, if it is not certified, against the manufacturer of the pertinent modular building units. An award may include damages and the cost of litigation including reasona</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ble attorneys' fees. The cause of action created by this section is subject to the same limitations period applicable in this State for causes of action of similar nature.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="68CD6272" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6253E5AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 481, § 1; 1985 Act No. 111, § 1; 1990 Act No. 560, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6BB70F0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="2C829190" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-43-200. Violations; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="130ED257" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Any person violating any of the provisions of this chapter or regulations made by its authority is guilty of a misdemeanor and, upon conviction, must be punished by a fine of not more than five hundred dollars for each violation a day. All funds derived from fines must be deposited in the general fund of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FA3B098" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4F642945" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 481, § 1; 1985 Act No. 111, § 1; 1990 Act No. 560, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -3288,51 +3296,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -3769,66 +3777,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>