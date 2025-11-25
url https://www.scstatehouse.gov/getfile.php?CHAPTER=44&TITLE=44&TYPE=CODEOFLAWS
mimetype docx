--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,3220 +1,3162 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf87f381ed651463b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1d88d913561470d924f54e314556a14.psmdcp" Id="R88f018d34e2c468b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R63a22d9be6a3459a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b06482d81c0a475c96daadcc42122ce7.psmdcp" Id="R71aa9048a5b7402c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0067139B" w:rsidRDefault="0067139B" w14:paraId="45CFDB0B" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3C55A5D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="59F36984" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Birth Defects</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7DC428A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6BCD6C76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-44-10. Title of act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="735926CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>This act may be cited as the "South Carolina Birth Defects Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="37A5FAF5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="143988D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 281, § 1, eff May 11, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5C76DC14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4D4EF40C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-44-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="41A11ADE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For purposes of this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="34E8AA3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Birth defect" is defined as structural malformation, deformation, or disruption, present at birth, as determined before or after birth.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2E8C7B72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Department" means the South Carolina Department of Health and Environmental Control.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D4C3723" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6B9F8927" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 281, § 1, eff May 11, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4042B4C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="48FAF7D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-44-30. South Carolina Birth Defects Program established; public health monitoring and referral.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="252171E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) There is established the South Carolina Birth Defects Program within the Department of Health and Environmental Control to promote increased understanding of birth defects, prevent and reduce birth defects, and assist families with children who have birth defects.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="05F582C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) As part of this program, the department shall conduct public health monitoring, make appropriate referrals and provide other interventions related to birth defects. Information obtained pursuant to this subsection must be used for:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2BBF29E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) public health and epidemiology purposes in which incidence, distribution, causes, risk factors, and trends may be studied. This data may be published and made accessible for education and research purposes. This information must be released in aggregate form only without identifying information;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="76239BE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) referral for service and treatment purposes so that referrals of the individual child and family may be facilitated for optimal care. The department or its employees must not provide referral services or counseling for the purpose of pregnancy termination by induced abortion, nor use any funds under this program for services or counseling for the purpose of pregnancy termination by induced abortion. Referral information is confidential and must be maintained in accordance with Section 44-44-140.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4EA067A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5AD05DBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 281, § 1, eff May 11, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7300B470" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3BEC77A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2004 Act No. 281, § 2, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3D5A24BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"The provisions of this act are severable except for the provisions of Section 44-44-30(B)(2). If a court determines that the provisions of Section 44-44-30(B)(2) are unconstitutional, invalid, or unenforceable, the remaining provisions of this act are deemed void."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="390E35C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0876EA96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-44-40. Birth Defects Advisory Council established; membership; subject areas for recommendations; compensation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="010D40AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) There is established the Birth Defects Advisory Council composed of at least thirteen members to be appointed by the commissioner of the department, with an odd total number of members. The members shall include at least one representative from each of the following organizations, upon the recommendation of the director of the respective organization:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7A0A4DDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) American Academy of Pediatrics, South Carolina Chapter, a board- certified physician in neonatal-perinatal medicine;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5BE03809" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) American College of Obstetrics and Gynecology, South Carolina Chapter, a board-certified physician in maternal fetal medicine;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="204267AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Greenwood Genetic Center;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="59450C76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) University of South Carolina School of Medicine, a board-certified genetics professional who must be a physician or genetics counselor;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2C0AE73C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Medical University of South Carolina, a board-certified physician in pediatric cardiology or a board-certified genetics professional;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0C29694E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) March of Dimes, South Carolina Chapter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="123D2CC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) South Carolina Perinatal Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="02331835" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) Office of Intellectual and Developmental Disabilities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0DE2E4E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) South Carolina Department of Health and Human Services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="54022E77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(10) Parent of a child with a birth defect, recommended by a South Carolina family advocacy or disability organization;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1C37CB37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(11) An adult who was born with a birth defect, recommended by a South Carolina family advocacy or disability organization;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="73853B8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) South Carolina Hospital;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1D9161E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) South Carolina Medical Association, a licensed physician specializing in genetics.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4DCCC93E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The Birth Defects Advisory Council shall meet periodically, but at least annually, with staff from the department. The commissioner of the department or his designee must be a nonvoting ex officio advisory council member.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="36D444C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The advisory council may make recommendations to the department concerning the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2D518ACE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the establishment of procedures for the birth defects program;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="67156898" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the transition from the existing South Carolina Neural Tube Defects Prevention Program into an integrated system of comprehensive birth defects monitoring based at the department;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6A24B74B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the allocation of funding, cooperative agreements, and grants; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3F23FA98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) evaluation of the birth defects program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1F16B007" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The members of the council shall serve in a voluntary capacity and are not entitled to compensation, mileage, per diem, or subsistence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="53FAEA48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5C3513E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 281, § 1, eff May 11, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4898C76F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="07F7D42A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0F4122BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="51AB4055" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-44-50. Monitoring birth defects.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="685B961D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The department shall conduct active monitoring of birth defects, with selection procedures, and internal policy to be established in conjunction with recommendations from the advisory council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="41BE66F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0A5E4C39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 281, § 1, eff May 11, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D07E0F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0ECD7048" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-44-60. Utilization of data.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="74E34E1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Birth Defects Program shall concentrate on public health surveillance and monitoring birth defects. Data may be made available to persons or institutions outside the program for education, research, provision of services, and other purposes in accordance with program procedures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C21141C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="792C3CA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 281, § 1, eff May 11, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="65B197E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="10189B3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-44-70. Maintenance of central database; case ascertainment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6A28999F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department shall maintain a central database for the gathering of data from hospitalizations, specialty clinics, births, pregnancies, stillbirths, and pediatric deaths through age two, throughout the State, including border regions. The department shall establish procedures for active birth defect case ascertainment. The data system must be maintained to be accurate, timely, and dynamic, and the department shall institute procedures to make this system effective. The department may expand the age range</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> for data collection as resources become available and if the department determines the additional data collection would benefit the program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B853E36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="19A0950F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 281, § 1, eff May 11, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5521E090" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="51687FA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-44-80. Access to health and medical records; confidentiality.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7A087236" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">All hospitals, health providers, birth centers, clinics, medical records departments, third party payors, laboratories, universities, and other sources of birth defects information shall provide access to all health or medical records for the purpose of surveillance and identification of birth defects in accordance with procedures promulgated by the department in regulation. This access is protected by state and federal law concerning birth defects monitoring, and confidentiality must be maintained by the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>department in accordance with Section 44-44-140. Individually identifiable data may not be made available to the public.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="19221CB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6D8FBD44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 281, § 1, eff May 11, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7ECC3BED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="597CC582" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-44-90. Reports.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2F8A0DB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department shall report annually, beginning within two years of this program becoming operational, to the General Assembly and the Governor and shall make copies of the report available to the public. The report may include data about birth defects in South Carolina including, but not limited to, analysis of incidence and trends and mortality and outcomes. The report must contain only aggregate data and may not identify any individual.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="64BC3B65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5BCDBBF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 281, § 1, eff May 11, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4E01D7D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1CAA3168" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-44-100. Use and disclosure of birth defects data.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="252184C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Birth defects data may be used and disclosed for the purposes of scientific research concerning causation, prevention strategies, epidemiological analysis, environmental and geographic study, and other purposes authorized by the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="566F7F71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4731C89C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 281, § 1, eff May 11, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="318668B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="76FD06CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-44-110. Providing data to National Center for Birth Defects and Developmental Disabilities at the Centers for Disease Control and Prevention.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="377F0798" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Data may be provided to the National Center for Birth Defects and Developmental Disabilities at the Centers for Disease Control and Prevention to enhance scientific, epidemiological, and investigative efforts and studies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="02AED76A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0FEC26B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 281, § 1, eff May 11, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="772C6C9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="16EA0C65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-44-120. Agreements with other agencies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="092E0B9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department may negotiate and enter into cooperative agreements and contracts with federal agencies, other states, universities, genetics centers, and other parties, as appropriate, in order to facilitate operation of the program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="05717B7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2CA8BE16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 281, § 1, eff May 11, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="12EFDC86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="619EE70A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-44-130. Use of data to make treatment available to affected children and families.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="52306346" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Birth defects data must also be used to ensure that optimal treatment and services are available to any affected child and family. A family whose child is identified with a structural birth defect may be contacted by the department through the child's health care provider, or directly when necessary, in order to offer services. Family acceptance of referrals is voluntary. Referral procedures must be promulgated by the department in regulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2363311C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1BBE9219" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 281, § 1, eff May 11, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="40FF548B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0B31259D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-44-140. Confidentiality; immunity of entities providing information; access records; penalty; parental access.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="39EF56F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) All birth defects information collected by the department in the birth defects program is confidential and must be used solely for the purposes provided in this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0FC6F461" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The department shall maintain confidentiality in regard to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="54E355A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(1) data ascertainment;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="74CD0736" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) data and record retention;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4D69E039" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) epidemiological study and reporting;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="52387164" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) research uses;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="158A2770" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) referral for services for children and families;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5F905F4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) identifying data obtained from health and medical records; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0950447E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) data obtained from any source for any other use.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5F9D365C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) An entity required to provide information to the department pursuant to Section 44-44-80 is not subject to liability for providing access and information or use and disclosure of protected health information. This access and reporting may not be considered a waiver, breach, or violation of a confidential relationship.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0C416977" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Any use and disclosure of birth defects information must be governed by applicable confidentiality procedures of the department, using written confidentiality agreements and applicable laws. Information that is disclosed must be used only for purposes approved by the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1945BDB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The program shall keep an accurate record of all persons allowed access to birth defects information for research or other authorized purposes. Records are not required to be kept on information shared with providers or families pursuant to the referral for services procedures in Section 44-44-130 and on data provided pursuant to Section 44-44-110 or Section 44-44-120. Records of access must be retained for six years and open to public inspection. Persons allowed access to data must be required to sign</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> and maintain confidentiality agreements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="01EB2AAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) A person who violates any of the confidentiality provisions of this chapter or an agreement entered into pursuant to this chapter is guilty of a misdemeanor and, upon conviction, must be fined not more than one thousand dollars or imprisoned not more than one hundred eighty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7CEBF341" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) Nothing in this section prohibits publication of reports and statistical compilations without identifying information.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1722B09D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(H) A child's parent or legal guardian who wants to review information concerning their child from the birth defects information system may request access to their child's information from the department. The department shall disclose and discuss the database information and the nature of all uses of this information with the parent. A parent may request in writing, on a form provided by the department, removal of this information from the system and the child's data must be deleted. To the extent that an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>individual child's information may have been included in aggregate releases, that information must not be deleted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3DB51798" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6382F804" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 281, § 1, eff May 11, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="20E43DCD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="18AB7747" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-44-150. Promulgation of regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7EACE912" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The department shall promulgate regulations necessary to carry out the provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="38265148" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="71D3BC27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 281, § 1, eff May 11, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="70E35D95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7E59B1F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-44-160. Funding contingency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7FB348E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Implementation of this chapter is contingent upon the appropriation of state general funds or the availability of financial support from other sources and must be operational within one year of adequate funding becoming available.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7B9C108A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="58F6A0D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 281, § 1, eff May 11, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -3225,51 +3167,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -3706,66 +3648,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>