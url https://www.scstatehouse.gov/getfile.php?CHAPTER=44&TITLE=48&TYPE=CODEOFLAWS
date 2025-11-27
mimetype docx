--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,957 +1,877 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Refe7a791b013427d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7c3b39770c0d4cd6bf64edbc144af8d2.psmdcp" Id="R518e5c2db88f4116" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0fa8c1e1701b4ba3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2427bdffaa424b0c8ad0d35153565149.psmdcp" Id="R1eef25ec5bc34c49" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="4161278D" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4DBD8E0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3488937D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>South Carolina Oil Spill Responders Liability Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="489DA754" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="74992268" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-44-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="63BE4381" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as the South Carolina Oil Spill Responders Liability Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="27E70F89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="49F60EFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 372, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="69FD4BB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3FE14084" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-44-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="050F97A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>For purposes of this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="16DAF969" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Damages" means damages of any kind for which liability may exist under the laws of this State resulting from, arising out of, or related to the discharge or threatened discharge of oil.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3F4C2C9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Discharge" means an emission, other than natural seepage, intentional or unintentional, and includes, but is not limited to, spilling, leaking, pumping, pouring, emitting, emptying, or dumping.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5C35F9E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Federal on-scene coordinator" means the federal official predesignated by the United States Environmental Protection Agency or the United States Coast Guard to coordinate and direct federal responses under subpart D, or the official designated by the lead agency to coordinate and direct removal under subpart E, of the National Contingency Plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...71 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3454F8C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(4) "National Contingency Plan" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means the National Contingency Plan prepared and published under Section 311(d) of the Federal Water Pollution Control Act, 33 U.S.C. 1321(d), as amended by the Oil Pollution Act of 1990, Public Law No. 101-380, 104 Stat. 484 (1990).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5FE3FADD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Oil" means oil of any kind or in any form, including, but not limited to, petroleum, fuel oil, sludge, oil refuse, and oil mixed with wastes other than dredged spoil.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2B06F31F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Person" means an individual, a corporation, a partnership, an association, the State, a municipality, a commission, or a political subdivision of the State, or an interstate body.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="44C95074" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Removal costs" means the costs of removal incurred after a discharge of oil or, when there is a substantial threat of a discharge of oil, the costs to prevent, minimize, or mitigate oil pollution from an incident.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7CB0432F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "Responsible party" means a responsible party as defined under Section 1001 of the Oil Pollution Act of 1990, Public Law No. 101-380, 104 Stat. 484 (1990).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="23278CC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4F7BEEDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 372, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C661708" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0E33671F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-44-30. Liability of persons responding to oil spill.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="26D25E5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Notwithstanding other provisions of law, a person is not liable for removal costs or damages which result from actions taken or omitted to be taken in the course of rendering care, assistance, or advice consistent with the National Contingency Plan or as otherwise directed by the federal on-scene coordinator or by the state official with responsibility for oil spill response.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7845727F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Subsection (A) does not apply:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0C741D79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) to a responsible party;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="18D45496" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) with respect to personal injury or wrongful death; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="56A901ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) if the person is grossly negligent or engages in wanton or wilful misconduct.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6D55AE0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A responsible party is liable for removal costs and damages that another person is relieved of under subsection (A).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1587ECE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Nothing in this section affects the liability of a responsible party for oil spill response under state law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F7D7B98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="63860330" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 372, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -962,51 +882,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1443,66 +1363,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>