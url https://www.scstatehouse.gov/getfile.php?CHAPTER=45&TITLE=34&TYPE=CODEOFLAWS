--- v0 (2025-10-28)
+++ v1 (2026-02-07)
@@ -1,1874 +1,1688 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8cd81eec8f9b4942" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/003fd832906a4397bedbda44c0139ab5.psmdcp" Id="R8a87faa943514737" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R56495ae65971441a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26b6606dfe364ce3882a269b192efdb4.psmdcp" Id="R96921558c59c4817" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C363FA" w:rsidRDefault="00C363FA" w14:paraId="12AF3197" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="2F17C0A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="06FE89B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Savings Promotion Contests</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="1CB5EFC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="122A9C0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-45-10. Legislative findings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="777D025F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The South Carolina General Assembly finds that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="7D182CF7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Savings promotion contests encourage people to save money by adding a feature to personal savings accounts that include a chance to win prizes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="1416E793" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Savings promotion contests are not lotteries, because they do not require individuals to pay consideration for a chance to win a prize, and the individual maintains ownership of the money that is deposited into a savings or other qualifying account.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="00867397" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) The prizes are funded through the interest that accrues across the pool of savings accounts participating in a savings promotion contest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="77D7E50C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Federal law allows both depository financial institutions and credit unions to hold savings promotion contests, subject to certain conditions and authorization under state law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="15628F85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Savings promotion contests in other states and countries have led to an increase in the number and amount of funds in personal savings accounts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="3529B17C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) It is in the best interest of the citizens of South Carolina to encourage increases in personal savings accounts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="343D28A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="3388EB54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2016 Act No. 203 (S.652), § 1, eff June 3, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3E7C501E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="2D1B5D7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-45-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="3B43E136" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter, the following terms shall mean:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="38C0C3A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(1) "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Appropriate state or federal regulatory agency of a financial institution" means the South Carolina State Board of Financial Institutions, the Office of the Comptroller of the Currency, the Federal Deposit Insurance Corporation, the Federal Reserve System, the National Credit Union Administration, or other state or federal regulatory agency that is statutorily responsible for the supervision of all or part of the operations of a participating financial institution. Nothing in this chapter prohibits financia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>l institutions that are under supervision of these state and federal regulatory agencies from participating in prize-linked savings programs with other state or federally regulated financial institutions.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="4D8CD9A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Depositor" means an individual member or customer of a financial institution who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="4BC8700E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) maintains a qualifying account at a financial institution participating in a savings promotion contest;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="6C7D13BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) is in good standing at a financial institution authorized to do business in South Carolina; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="6986473E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) is eighteen years of age or older.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="56DBA564" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Entry" means a chance or chances obtained by a depositor to win a designated prize or prizes in a savings promotion contest by complying with the terms and conditions of a savings promotion contest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="68E9C192" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Financial institution" means a bank, a savings institution, or a credit union authorized to do business in South Carolina under federal or state law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="5765DA89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Participating financial institution" means a financial institution authorized to do business in South Carolina that is sponsoring a savings promotion contest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="52865745" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Qualifying account" means:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="28E0EEE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) a savings account or other savings product or program offered by a participating financial institution into which deposits may be made by a depositor;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="4950C37D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the account is evidenced by periodic statements that are delivered to the depositor or are available to the depositor through electronic access; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="33E7820F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the interest rate for the qualifying account is similar to, and not less than, the interest rates of other comparable nonqualifying accounts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="02693793" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Savings promotion contest" means a contest or promotion sponsored by a financial institution or a group of financial institutions in which a chance of winning designated prizes is obtained by a depositor when the depositor:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="5F7FA2A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) deposits a specified amount of money or makes a specified number of deposits into the depositor's qualifying account; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="5E5D22F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(b) participates in one or more savings products or programs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0AC7AB91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="01366CD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2016 Act No. 203 (S.652), § 1, eff June 3, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7FC8DBEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="606C04FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-45-30. Savings promotion contests authorized.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="2087CF5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A financial institution authorized to do business in South Carolina under federal or state law, subject to the supervision of the appropriate state or federal regulatory agency of the participating financial institution, may conduct a savings promotion contest in accordance with the provisions of this chapter and this title for the purposes of encouraging its depositors to maintain savings accounts and to increase personal savings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="728F8EDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="2D1887E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2016 Act No. 203 (S.652), § 1, eff June 3, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="207A7A62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="3B4F1FC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-45-40. Conditions for conducting savings promotion contest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="08A2D267" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A participating financial institution may conduct a savings promotion contest for the benefit of its depositors only if all of the following conditions are met:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="16B2C78D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) The terms and conditions of the savings promotion contest must allow a depositor to obtain one or more entries to win a specified prize or prizes. Subject to any limits that the participating financial institution may place on the number of entries that a depositor is allowed to obtain for any savings promotion contest, as set forth in the terms and conditions of a specific savings promotion contest, the participating financial institution must allow a depositor to obtain an entry for a savings promoti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>on contest only by doing either or both of the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="01A99661" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) depositing a minimum specified amount of money or making a specified number of deposits into a qualifying account in accordance with the terms and conditions of a specific savings promotion contest;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="0878C309" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) participating in one or more savings products or programs in accordance with the terms and conditions of a specific savings promotion contest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="22C35F84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A savings promotion contest must comply with all applicable consumer protection laws.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="214592B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) A participating financial institution conducting a savings promotion contest shall not require any depositor or other individual to pay a consideration for a chance of winning a prize or prizes designated in a savings promotion contest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="1A18BC50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) A depositor does not make a payment for consideration if the depositing of a specified amount of money, the making of a specified number of deposits, or the participating in one or more savings programs or products are all made or involve the depositor's accounts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="261C37FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Each entry in a savings promotion contest must have an equal chance of being drawn.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="5144C10D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) Participating depositors in a savings promotion contest are not required to be present at a drawing to win a prize.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="225B8979" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(7) A participating financial institution must maintain books and records necessary to facilitate an audit of a savings promotion contest and, upon written request, must provide those records to the appropriate state or federal regulatory agency of that financial institution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="391FB002" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) A participating financial institution must not conduct a savings promotion contest in a manner that jeopardizes the safety or soundness of the financial institution or misleads its depositors.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="49C6A670" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) A participating financial institution must post, online and in any location where entries may be submitted, the terms and conditions of the savings promotion contest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7ECE9E4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="6573D12D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2016 Act No. 203 (S.652), § 1, eff June 3, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="24CE1F23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="752B2EE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-45-50. Cease and desist orders.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="2E55C73E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each savings promotion contest is subject to oversight by the appropriate state or federal regulatory agency of the participating financial institution, and the appropriate state or federal regulatory agency may issue cease and desist orders relating to the savings promotion contests if the regulatory agency concludes, based on substantial evidence, that a financial institution is engaging in unsafe or unsound practices or that the financial institution is in violation of any law, regulation, or any condit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ion or written agreement imposed by the regulatory agency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="77C30944" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="18D75299" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2016 Act No. 203 (S.652), § 1, eff June 3, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="65EF0201" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="6F4B7869" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-45-60. Construction of savings promotion contest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="65C0AC76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>A savings promotion contest offered in accordance with this chapter is not nor does it promote unlawful gambling or an unlawful lottery or raffle.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D5FBA39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="662C3184" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2016 Act No. 203 (S.652), § 1, eff June 3, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00000000">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -1885,51 +1699,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2366,66 +2180,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>