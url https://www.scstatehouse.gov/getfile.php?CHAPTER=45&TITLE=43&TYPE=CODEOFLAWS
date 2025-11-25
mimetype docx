--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,1989 +1,1885 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd22e23884e8a41f0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2cea47d123674e4cb7699344bd62f54b.psmdcp" Id="R14bab727e0844189" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra7539bd41a414e01" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b4e17f53bf06455d8777fc030ef8cf21.psmdcp" Id="Rc69581a08dbc4906" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00521190" w:rsidRDefault="00521190" w14:paraId="647183FB" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="13DE8934" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0E756AAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Community Economic Opportunity Act of 1983</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="66E0A58A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="401B62F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-45-10. Citation of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="505D61E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter is known and may be cited as "The Community Economic Opportunity Act of 1983".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4559DCEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="468AA01E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1983 Act No. 143 § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1CC01FAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="72646701" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-45-20. Legislative findings and purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="38445BD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The General Assembly finds that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="32615006" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>A. Poverty continues to be the lot of a substantial number of South Carolinians.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="43174B63" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>B. Rising energy costs, coupled with high unemployment, inflation, and high interest rates, have reduced significantly the real purchasing power of low-income and nearly poor individuals and families, particularly elderly handicapped individuals, to such levels that they are unable to acquire necessities of life.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="692617CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>C. The real income of households receiving public assistance payments as a primary source of income has diminished in proportion to the real incomes of other households in South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6468C387" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>D. Low-income households need a variety of forms of assistance to break the poverty cycle including financial support, equal access to health, education, housing, job training, and energy conservation services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="78F44E5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>E. South Carolina can achieve full economic and social potential only if all individuals have the opportunity to contribute to the full extent of their capabilities and to participate in the workings of our society.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7359FE76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Therefore, it is the policy of South Carolina to provide an organizational framework through which a wide range of opportunities can be made available to assist low-income individuals in becoming self-sufficient so that they will be able to live in decency and dignity. It is the purpose of this chapter to insure that effective mechanisms are established at the local level to efficiently administer such federal funds as may be allocated to South Carolina for the purposes of carrying out Title VI of U.S. Pub</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>lic Law 97-35.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4C2322BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4FDA0194" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1983 Act No. 143 § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D9E19B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="74B74D66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-45-30. Administering agency; designation; duties and functions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="01CEF571" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Governor must designate a state administering agency to be responsible for the receipt and distribution of the federal funds as allocated to South Carolina for the implementation of Title VI, Public Law 97-35. The state administering agency shall develop and implement administrative procedures for carrying out the purposes of this chapter. The duties and responsibilities include, but are not limited to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3406B962" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Prescribing the procedures to be used in the selection of a community-based organization for each geographical service area identified herein.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3F72D287" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Reviewing and recommending for approval all work programs submitted by the selected community-based organizations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="05875A5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Recommending distribution formulas for funds made available to carry out the purposes of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2F399A0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Monitoring and evaluating community-based organizations with respect to goals, priorities, program performance, and fiscal activities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7079A09A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="76572D30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1983 Act No. 143 § 3; 1994 Act No. 428, § 1, eff May 30, 1994 (became law without the signature of the Governor).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4813E08B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7D6F8283" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-45-40. Geographical service areas.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="45354451" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For the federal fiscal year 1984, the geographic service areas must conform to the service areas of community-based organizations designated by the State to administer fiscal year 1983 funds under Title VI of U.S. Public Law 97-35. The community-based organizations so designated are exclusively eligible to administer the funds in fiscal year 1984, provided that the funds are at a sufficient level to permit the community-based organization to maintain the capacity to support projects which have a measurable</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> impact on the causes of poverty in the service area. In subsequent federal fiscal years after 1984, the geographic service areas shall be those as are designated by the Governor and the Joint Appropriations Review Committee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="056FEDFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0BC5A59A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1983 Act No. 143 § 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2B05620D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2B22F7BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>1996 Act No. 458, Part II, § 35D, eff July 1, 1996, provides the following:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="538A76F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The term 'Joint Appropriations Review Committee' wherever it may appear in any provision of law must be construed to mean the Office of the Governor effective January 1, 1997."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="40E9D2C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="76295843" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-45-50. Community-based organization boards; composition; rules and procedures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="46F1471F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each community-based organization shall administer any programs through a board of directors. The board is composed as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="444D89AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A. One-third of the members of the board must be elected public officials currently holding office, or their designees, except that if the number of elected officials reasonably available and willing to serve is less than one-third of the membership of the board, membership on the board of appointive public officials may be counted in meeting the one-third requirement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0E7AD833" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>B. At least one-third of the members of the board must be persons chosen in accordance with democratic selection procedures adequate to assure that they are representative of the poor in the area served.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="13586588" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>C. The remainder of the members of the board must be officials or members of business, industry, labor, religious, welfare, education, or other major groups and interests in the community.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2842069F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>D. No board may consist of less than nine members nor more than twenty-one members, and the total membership of each board must be divisible by three. Each member of the board selected to represent a specific geographic area within a community must reside in that area.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="366B7A85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Rules governing elections and administrative procedures for selection of boards must be incorporated in the bylaws of the community-based organization and approved by the state administering agency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1CEF0750" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="14450692" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1983 Act No. 143 § 5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="04E70399" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="79922694" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-45-60. Capabilities required of community-based organizations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="10A1BF15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each community-based organization must have the capability, as determined by the state administering agency, of carrying out:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="314F3CD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>A. Strengthening community capabilities for planning and coordinating federal, state, and other assistance through the efforts of local officials, organizations, and interested and affected citizens who are more responsive to local needs and conditions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2B3EE999" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>B. Better organization of services related to the needs of the poor so that these services may be made more effective in helping families and individuals.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2CD486FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>C. Greater use subject to adequate evaluation of new types of services and innovative approaches in attacking causes of poverty so as to develop increasingly effective methods of employing available resources.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5280F1E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>D. Development and implementation of all programs and projects designed to serve the poor or low-income areas with the maximum feasible participation of residents of the areas and members of groups served so as to best stimulate and take full advantage of capabilities for self-development and assure that those programs and projects are meaningful and utilized by intended beneficiaries.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2C553987" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>E. Broadening of the resource-based programs directed to the amelioration of poverty so as to secure, in addition to the services and assistance of public officials, private, religious, charitable, and neighborhood organizations, and individual citizens, a more active role for business, labor, and professional groups in order to provide employment opportunities and otherwise influence the quantity and quality of services of concern to the poor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="74D67941" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>F. Conform to such supplementary criteria as a state administering agency may prescribe to carry out the provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0EC63DF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2A481FE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1983 Act No. 143 § 6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D225D86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="1D7A7A09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-45-70. Authority of community-based organizations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="40CC65BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A community-based organization has authority under this chapter to receive and administer funds, to receive funds and contributions from private or local public sources to be used in support of a community-based program, and funds received under any federal or state assistance program. A community-based organization is empowered to transfer funds so received and to delegate powers to other agencies, subject to approval by and under such conditions as may be prescribed by the state administering agency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="636FA8C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="700462E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1983 Act No. 143 § 7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="43666CEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4458A116" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-45-80. Purposes for which funds may be utilized.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="789BB6CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each community-based organization which receives funds pursuant to this chapter must utilize the funds in the planning, administration, and evaluation of antipoverty programs designed to assist participants including, but not limited to, elderly and poor, to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="28DB47AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A. Secure and retain meaningful employment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2861E9B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>B. Attain an adequate education.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0B2A5AC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>C. Make better use of available income.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="40DBFE1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>D. Obtain and maintain adequate housing and a suitable living environment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="47933AD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>E. Obtain emergency assistance through loans or guarantees to meet the immediate and urgent individual and family needs, including the need for health services, nutritious food, housing, employment-related assistance, and energy assistance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="788C41E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>F. Remove obstacles and solve family problems which block the achievement of self-sufficiency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="656DAC08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>G. Achieve greater participation in the affairs of the community.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6C614667" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>H. Make more effective use of other programs related to the purposes of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7F3079D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="616CA2DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1983 Act No. 143 § 8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6A7D8CB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="159287E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-45-90. Definitions to be in conformity with federal guidelines.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="558187B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The definition of low-income individuals and households must be in accord with the federal poverty guidelines as may be modified by the state administering agency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2A35B8F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6BEC5449" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1983 Act No. 143 § 9.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1994,51 +1890,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2475,66 +2371,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>