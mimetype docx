--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,1353 +1,1340 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0a6c27e4faac4b2f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8fd8420051004b9aa4d7cc9613e4eb59.psmdcp" Id="Ra9877516900c4f44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R14499fc13bee43a5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ec27671b69d4d8ba7ff49d561e00b9e.psmdcp" Id="R000cef2e2b114471" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="383C19D2" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="49EA711C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4C3BFCFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>South Carolina Sea Grant Consortium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0FE24382" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6838ACB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-45-10. Creation of consortium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3E97E896" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is hereby created the South Carolina Sea Grant Consortium (consortium).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="61D68B5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="17F97B0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 643, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4EA8F233" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="40BAB70A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-45-20. Purpose of consortium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="187674DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The principal purpose of the consortium is to provide a mechanism for the development and management of the Sea Grant Program for South Carolina and adjacent regions that share a common environment and resource heritage. The consortium serves to support, improve, and share research, education, training, and advisory services in fields related to ocean and coastal resources. The consortium further encourages and follows a regional approach to solving problems or meeting needs relating to ocean and coastal r</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>esources in cooperation with appropriate institutions, programs, and persons in the region.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5A948EAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="13E93CCB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 643, § 2; 1987 Act No. 71, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5B028B50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1BC390EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-45-40. Membership; terms.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="668A0A6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The membership of the consortium consists of The Citadel, the College of Charleston, Clemson University, the Medical University of South Carolina, South Carolina State College, the University of South Carolina, and the Department of Natural Resources. These members are designated as charter members.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0D649D6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>The terms of the members are perpetual, and a majority of the charter members may vote the admission of a new member into the consortium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="294FE319" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7FCF0897" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 643, § 4; 1987 Act No. 71, § 2; 1993 Act No. 181, § 1237.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="50506C34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7BAE1292" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-45-50. Board of directors.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3F6888F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The board of directors for the consortium consists of the chief executive officer of each of the participating educational institutions and state agencies or the officer's designee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0B865328" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0A47E5D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 643, § 5; 1987 Act No. 71, § 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A2C2648" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4704DA0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-45-60. Officers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="23BA73FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The officers of the board are the chairman and vice-chairman. These officers must be elected annually by members of the board but may not serve more than two consecutive terms.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="100205D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6772162E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 643, § 6; 1987 Act No. 71, § 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="739D0798" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4C70A670" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-45-70. Consortium Director; powers and duties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5F6FCBBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A. The board has the power to employ an executive director to be known as the Consortium Director. The salary and fringe benefits appropriated to the position must be derived from funds directly assigned to the consortium for this purpose by the General Assembly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0EEAD1DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>B. The director has the following powers and duties to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5DA83D04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>1. direct supervision over all consortium proposals;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="330F6140" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>2. prepare consortium proposals to be submitted to interested agencies;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2CA5493E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>3. prepare an annual summary of all submitted proposals;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="232CD95C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>4. negotiate funding levels for proposals submitted by member institutions;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1F82EEAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>5. provide an accounting to the board of the director's development funds;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="08F7A36B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>6. request and receive funds from local, state, federal, and private sources for use by the director, consortium, individual member institutions, or other persons;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="592CBAB2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>7. gather, maintain, and make available to interested persons natural resource information from state and federal agencies, higher education institutions, and any other appropriate entity;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="374EA650" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>8. designate the location of the consortium office, subject to the approval of the board;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="20088A8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>9. exercise all incidental powers necessary to carry out the provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="17332DC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="787B07A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 643, § 7; 1987 Act No. 71, § 5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D62EAD0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="72A800BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-45-80. Advisory committee; members; terms.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7E64E88C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is hereby created an advisory committee to the Consortium Director to consist of seven members who shall serve for terms of four years and until their successors are appointed and qualified. Four members must be appointed by the Governor. The chairmen of the Senate Fish, Game and Forestry Committee, House Agriculture and Natural Resources Committee, and Department of Natural Resources Board shall each appoint one member upon the recommendation of a majority of the members of their respective committe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>es and commissions. The four members appointed by the Governor must be residents of coastal counties, no more than one from each county, and two must be associated with the commercial fishing industry.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2B2C4284" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6AA8AE59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 643, § 8; 1987 Act No. 71 § 6; 1993 Act No. 181, § 1238; 2008 Act No. 273, § 9, eff June 4, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="68DBF40E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3C6BB2C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2008 amendment, deleted "with the advice and consent of the Senate" from the end of the second sentence.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2AC18D72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6C3039BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-45-100. Effect of consortium on member institutions and commissions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="54E97AE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Membership in the consortium shall be in no way infringe upon the autonomy of any member institution or commission. The consortium shall have no authority or control in the budgeting or financial affairs of member institutions or commissions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="51BB05ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6288434E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 643, § 10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1358,51 +1345,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1839,66 +1826,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>