--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -1,188 +1,181 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6bf01d0d9c9243bc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/249da6facebd44a69c95f8227de76b72.psmdcp" Id="R300e86c1e092480f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf34f82c00cf4419e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7cceeaf5d234d4299a9ec894cde28cc.psmdcp" Id="Rf5cf87a9bd774346" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00833E56" w:rsidRDefault="00833E56" w14:paraId="15FCBCF4" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7C3D4E5D" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-        <w:br/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00833E56" w:rsidRDefault="00833E56" w14:paraId="349C9AE6" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6EB12C6E" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Home-Study Schools</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-        <w:br/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00833E56" w:rsidRDefault="00833E56" w14:paraId="00F43E28" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7AED12A7" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00833E56" w:rsidRDefault="00833E56" w14:paraId="17FFC664" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="587D8EA9" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-45-70. Home-study schools.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-        <w:br/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00833E56" w:rsidRDefault="00833E56" w14:paraId="56E61E05" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7C3F212F" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>No type of home-study school shall be established or permitted to operate in this State without first securing the approval of the State Board of Education. Any person violating the provisions of this section shall be guilty of a misdemeanor punishable by a fine of not less than one thousand dollars nor more than five thousand dollars, in the discretion of the court.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-        <w:br/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00833E56" w:rsidRDefault="00833E56" w14:paraId="4C71D822" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="66E42F5B" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
-[...10 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7CBDA839" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 21-677; 1952 Code § 21-677; 1942 Code § 5397; 1932 Code § 5291; 1924 (33) 1132.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-        <w:br/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -193,51 +186,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -674,66 +667,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>