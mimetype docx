--- v0 (2025-10-09)
+++ v1 (2026-01-15)
@@ -1,1029 +1,1488 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Recccf10b3aab4ece" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1370eeff4ea94708be37fd8c60889a8e.psmdcp" Id="Refc754505f8d48e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R95b0ba46225644a2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/48c12807e13c495eb264892faa0dee56.psmdcp" Id="R11ae6399b2834115" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C6181D" w:rsidRDefault="00C6181D" w14:paraId="440165FA" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="6F6147B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="6866998F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Uniform Interstate Depositions and Discovery Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="649D6B61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="54DD035A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 15-47-100. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="41EFEBA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>This chapter may be cited as the "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Uniform Interstate Depositions and Discovery Act".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5DFEEAAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="3AC50D13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 132, § 1, eff March 30, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="4821963D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="156D3068" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2010 Act No. 132, § 2, provides:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="723A23D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"This act takes effect upon approval by the Governor and applies to requests for discovery in cases pending on that date."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3AC1FEC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="0A24D5B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 15-47-110. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="4DDD7CAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="5F01E7D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Clerk of court" means a clerk of court who is duly elected for that county elected in each county pursuant to Section 14-17-10 and who is ex officio clerk of the court of general sessions, the family court, and all other courts of record in the county except as may be provided by the law establishing the other courts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="2872C570" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Foreign jurisdiction" means a state other than South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="7D678354" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Foreign subpoena" means a subpoena issued under authority of a court of record of a foreign jurisdiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="668F5D2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Person" means an individual, corporation, business trust, estate, trust, partnership, limited liability company, association, joint venture, public corporation, government or governmental subdivision, agency or instrumentality, or any other legal or commercial entity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="56C6ECA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "State" means a state of the United States, the District of Columbia, Puerto Rico, the United States Virgin Islands, federally recognized Indian tribes, or any territory or insular possession subject to the jurisdiction of the United States.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="59BB9B52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(6) "Subpoena" means a document, however denominated, issued under authority of a court of record requiring a person to:</w:t>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">(6) "Subpoena" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means a document, however denominated, issued under authority of a court of record requiring a person to:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="7544EF37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) attend and give testimony at a deposition;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="100A9FAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) produce and permit inspection and copying of designated books, documents, records, electronically stored information, or tangible things in the possession, custody, or control of the person; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="71452F1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) permit inspection of premises under the control of the person.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CED68AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="531A9060" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 132, § 1, eff March 30, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="38078819" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="31464646" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2010 Act No. 132, § 2, provides:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="01BBE68A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"This act takes effect upon approval by the Governor and applies to requests for discovery in cases pending on that date."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3EC3B141" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="06C68CB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 15-47-120. Issuance of subpoena.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="414A1CFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) To request issuance of a subpoena under this chapter, a party must submit a foreign subpoena to the clerk of court of the county in which discovery is sought to be conducted in this State. A request for the issuance of a subpoena under this chapter does not constitute an appearance in the courts of this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="1A4FD59E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) When a party submits a foreign subpoena to a clerk of court in this State, the clerk, in accordance with the rules of court, promptly shall issue a subpoena for service upon the person to which the foreign subpoena is directed. The subpoena must incorporate the terms used in the foreign subpoena and contain or be accompanied by the names, addresses, and telephone numbers of all counsel of record in the proceeding to which the subpoena relates and of any party not represented by counsel.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3216CBEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="69ED5F6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 132, § 1, eff March 30, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="2AAF4C33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="65714D62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2010 Act No. 132, § 2, provides:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="21C006B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This act takes effect upon approval by the Governor and applies to requests for discovery in cases pending on that date."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="445AE2E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="3EB57812" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 15-47-130. Service of subpoena.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="4115BBC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>A subpoena issued by a clerk of court under Section 15-47-120 must be served in compliance with the applicable rules of court or statutes relating to the service of a subpoena in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="17B6BCF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="0BF8AE6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 132, § 1, eff March 30, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="1965B500" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="4BE87646" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2010 Act No. 132, § 2, provides:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="00EF9AD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"This act takes effect upon approval by the Governor and applies to requests for discovery in cases pending on that date."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4228EAB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="79890A80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 15-47-140. Deposition, production, and inspection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="42BDF12D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>When a subpoena issued under Section 15-47-120 commands a person to attend and give testimony at a deposition, produce designated books, documents, records, electronically stored information, or tangible items, or permit inspection of premises, the time and place and the manner of the taking of the deposition, the production, or the inspection must comply with the South Carolina Rules of Civil Procedure relating to discovery.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7951C8D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="0FE17E1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 132, § 1, eff March 30, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="1C2BF961" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="6DC1058A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2010 Act No. 132, § 2, provides:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="417D7416" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"This act takes effect upon approval by the Governor and applies to requests for discovery in cases pending on that date."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="52A27819" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="3B83A7DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 15-47-150. Application to court.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="6A3B3D1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>An application to the court for a protective order or to enforce, quash, or modify a subpoena issued by a clerk of court under Section 15-47-120 must comply with the applicable rules or statutes of this State and be submitted to the court in the county in which discovery is to be conducted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2E46461B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="6D31089E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 132, § 1, eff March 30, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="3CCA849B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="2C2C2B94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2010 Act No. 132, § 2, provides:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="637626D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This act takes effect upon approval by the Governor and applies to requests for discovery in cases pending on that date."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1506948F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="5616C894" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 15-47-160. Uniformity of application and construction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="1CC9AC0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>In app</w:t>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>In applying and construing this uniform act, consideration must be given to the need to promote uniformity of the law with respect to its subject matter among the states that enact it.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="721A45F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="48EB0489" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 132, § 1, eff March 30, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="770ACE17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="664761C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2010 Act No. 132, § 2, provides:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="4F4E64D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"This act takes effect upon approval by the Governor and applies to requests for discovery in cases pending on that date."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1034,51 +1493,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1515,66 +1974,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>