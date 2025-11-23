--- v0 (2025-10-03)
+++ v1 (2025-11-23)
@@ -1,4661 +1,4417 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R15722b52dbb64d55" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af2d7ffd97034684bf9da7f634ba3c53.psmdcp" Id="R06dca19a9a974e67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R188ac11c93884d20" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e9f23e18402d41f885c5b5ce07703984.psmdcp" Id="R086aebe6416d4692" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00270A17" w:rsidRDefault="00270A17" w14:paraId="452EBB35" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="50AC2719" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="01ABE747" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Manufactured Home Park Tenancy Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0FEC8126" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2414BCA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="400A2C54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>General Provisions and Definitions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="796E50E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="47CF5A26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Subarticle I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4C081BEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Short Title, Construction, and Purpose</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="54CFC9E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3DE7CCDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2C7202EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter is known as the South Carolina Manufactured Home Park Tenancy Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="52E45E4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="72C34BD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D945627" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0A0CD156" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-20. Purposes and policies of chapter; liberal construction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="60460F8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(A) This chapter must be construed liberally and applied to promote its underlying purposes and policies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="29304103" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The underlying purposes and policies of this chapter are to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6CECE80D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) provide for the rights and obligations of manufactured home owners and manufactured home park owners and clarify the law governing the renting or leasing of residential lots in a manufactured home park in which five or more lots are offered for rent or lease;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="65099D79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) encourage manufactured home park owners and manufactured home owners to maintain and improve the quality of housing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="50DBB9F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7DED65F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2128B3F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="35125258" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Subarticle II</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="59252BD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Scope and Jurisdiction</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="29BEA353" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="204DBCD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-110. Applicability of this chapter and Chapter 40 of Title 27.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5D37E4DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter applies to, regulates, and determines the rights, obligations, and remedies under a rental agreement for a residential manufactured home park lot located within this State. The provisions of the Residential Landlord and Tenant Act in Chapter 40 of Title 27 shall apply to tenancies in manufactured home parks if such application is not inconsistent with or contrary to the provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="66C5B4A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="56E37A90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1; 1998 Act No. 382, § 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0FEB4422" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3E320B3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-120. Tenancies not governed by chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="707A9903" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The following tenancies are not governed by this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="24F730CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) in which both a manufactured home and a manufactured home lot are rented or leased by the resident;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7D796DAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) in which a rental space is offered for occupancy by a vehicle which primarily is designed as temporary living quarters for recreational camping or travel use and which either has its own motor power or is mounted on or drawn by another vehicle;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6BCEB60D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) at a manufactured home park in which fewer than five lots are offered for rent or lease.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="75977404" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4DA423BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="30812FD8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="48E5F69A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-130. Determination of jurisdiction and service of process.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="25625330" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Jurisdiction and service of process must be determined pursuant to Section 27-40-130 with respect to a claim arising from a transaction to which this chapter applies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1594AD18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="67F096E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="16E0CE96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="09AB728A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Subarticle III</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="006D11F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>General Definitions and Interpretation of Principles; Notice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5A9C8943" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0AE48111" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-210. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2FCB87B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Subject to additional definitions contained in other provisions of law which apply to this chapter and unless the context otherwise requires:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2F745FED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Manufactured home" means a structure transportable in one or more sections which in the traveling mode is eight body feet or more in width or forty body feet or more in length or when erected on site is three hundred twenty or more square feet and which is built on a permanent chassis and designed to be used as a dwelling with or without a permanent foundation when connected to the required utilities and includes the plumbing, heating, air conditioning, and electrical systems contained in the structur</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>e.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="23E9304C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Manufactured home owner" or "resident" means a person who owns a manufactured home and rents or leases a lot within a manufactured home park for residential use.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0A5AC7F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Manufactured home park" means a use of land in which lots or spaces are offered for rent or lease for the placement of manufactured homes and in which the primary use of the park is residential.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5C87C61B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Manufactured home park owner" or "owner" means an owner or operator of a manufactured home park.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...71 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="30CF5CFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(5) "Rental agreement" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means a written mutual understanding or lease between a resident and an owner in which the resident may place his manufactured home on a lot for direct or indirect remuneration of the owner.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5B4D9E27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Tenancy" means the temporary possession or occupancy of a manufactured home park lot by a resident pursuant to a rental agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0593C54B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "User fees" means the amounts charged in addition to the lot rental amount for nonessential optional services provided by or through the owner to the resident under a separate written agreement between the resident and the person furnishing the service.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="19F30D24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0AB1562D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3120CAEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="641AC905" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-220. Good faith requirement as to every duty and act specified in chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="16A74DA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Every duty under this chapter and every act which must be performed as a condition precedent to the exercise of a right or remedy under this chapter imposes an obligation of good faith in its performances or enforcement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2AA9EE97" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4BE796FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="380AB988" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6ED92F89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-230. Determining unconscionability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3451B950" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unconscionability must be determined according to Section 27-40-230.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2351373C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="12867575" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FE6EFC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="51480D7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-240. Notice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="28F28C01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notice must be given pursuant to Section 27-40-240.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="15005DA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0E0B1687" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="33AD7179" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="22216196" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Subarticle IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="421B080A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>General Provisions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="27D1A550" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="63624AB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-310. Written rental agreement required; items which must be provided for; restriction on user fee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="038161AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An owner who offers for lease a space in a manufactured home park shall provide to the resident an agreement in writing containing the terms by which the space is leased. The written agreement must comply with this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2B2EFE72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The duration of the lease must be stated in the agreement and may be of a length agreed upon by the owner and resident.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="59BDD6A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) If the agreement provides an option for renewal, the amount of rent to be paid for tenancy during the option must be stated in the agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1C782340" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The rental agreement must specify:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="61D23D5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) location and approximate size of the lot leased pursuant to the agreement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="771FF4FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) monthly rental rate;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1AE1CB93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) date payment is due;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0736B3D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) place of payment;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4B93F371" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) personal property, services, and facilities provided by the owner;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5C95D552" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) regulations governing residency which, if violated, may be cause for eviction;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="61068113" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) statement of amounts to be paid by the resident including, but not limited to, security deposits, service fees, and installation charges;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="756264BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) improvements, if any, which the resident may make to the rental lot including landscaping;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="54F391DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) improvements, if any, required to be made by the resident;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="35CDA187" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) restrictions, if any, regarding pets, children, number of occupants, and vehicle storage;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5B354ED3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(11) notice required to exercise option for renewal or to terminate tenancy.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4FC0D381" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) During the rental agreement a user fee must not be charged by the owner to the resident for a service or amenity which previously was provided and included in the lot rental amount unless there is a corresponding decrease in the amount within the terms of the contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0CA56C05" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1A8FC5E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6F224116" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="259A1EF5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="11E8144C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Manufactured Home Park Owner's Obligations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2C761079" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6FEEE1B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-410. Name and address of owner for purposes of service of process and receiving or receipting notices and demands; agent of owner for this and other purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0D933A4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An owner shall disclose his name and address or a person authorized to act as his agent for the purposes of service of process and receiving or receipting notices and demands. The information required to be furnished by this section must be kept current, and this section may be enforced against a successor owner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="04FBF01A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person authorized to enter into a rental agreement on behalf of an owner who fails to comply with this section with regard to a rental agreement entered into on behalf of the owner becomes his agent for purposes of that rental agreement for:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="37173390" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) service of process and receiving and receipting notices and demands;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6A72D801" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) performing the obligations of the owner under this chapter and under the rental agreement and expending or making available for the performance of the obligations rent collected from the resident and retained by the person on behalf of the owner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="49985BBC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="76EAC500" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2F57CF06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3D965EBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-420. Notice to resident of new rental rate where tenancy continues beyond original term.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="15C900AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>When a tenancy is to continue beyond the original term a resident must be given notice by the owner at least thirty days in advance of the effective date of a new rental rate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="024C8ED6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3EEB000D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="275B71A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2CC77BCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-430. Aesthetic standards; change in standards; notice; burden to show home unsafe, unsanitary, or not in compliance with aesthetic standards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="51FB644B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The owner has the burden of proving a manufactured home located in the park is unsafe or unsanitary or fails to meet the park's aesthetic standards. A resident must not be forced to make an aesthetic change to his home's original design which would create undue financial hardship and which is contrary to the terms of the rental agreement during the term of the rental agreement. This section does not prohibit a park from requiring compliance with new or upgraded aesthetic standards which apply generally to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>homes in the park upon expiration of the lease term or upon a continuance of a tenancy beyond the original term. However, notice of the requirement must be given by the owner to the tenant at least thirty days before the effective date of the change.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="130E2AAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4BA1886F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5EBE134F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1036CEF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-440. Approval or disapproval of manufactured home purchaser to become resident of park.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1F82B10B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The purchaser of a manufactured home may not become a resident of a manufactured home park without the approval of the owner. Approval by the owner must not be withheld unreasonably. The purchaser has the burden of proof as to whether approval or disapproval is unreasonable.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3C282583" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) The owner has fifteen days after receiving the purchaser's written application for entry to the park to notify him in writing of approval or disapproval. Notice is complete upon deposit in the United States mail addressed to the purchaser at the address stated in his application. If the owner fails to act within fifteen days, the application is approved.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="663F4BEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="73586481" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="31181D0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3ACCD68D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-450. Access to common areas; utility connections and systems.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1DD41B3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>An owner shall provide access to the common areas of the park at reasonable times for the benefit of residents and their guests and maintain in proper working condition the utility connections and systems.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="34047BFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0F95646E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="332DC858" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="52989904" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-460. Duty to maintain safe premises; owner not guarantor of safety.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="53CB7F53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>An owner is not the guarantor of the safety of residents or invitees but shall exercise due care to keep the portion of the premises under the owner's control in a reasonably safe condition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7CD1F252" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2EF32FED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7A6F7796" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="56585693" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-470. Duty to maintain cleanliness and appearance of common areas.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="73ECEA79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>An owner shall take reasonable steps to maintain the cleanliness and appearance of the common areas of the park.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="487BEFDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6391C797" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0BFB6288" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1EED40DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="768E0C84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Resident's Obligations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4D2A34AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1C9FC750" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-510. Codes; rent; notices; rental agreement and regulations; responsibility for guests.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="41448185" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A resident shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="50A240AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) comply with the obligations of applicable provisions of the building, housing, and health codes;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6E8EEF5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) keep his manufactured home lot clean;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="48268583" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) comply with regulations and the rental agreement and require other persons in the park with his consent to comply and conduct themselves in a manner that does not disturb other residents unreasonably or violate the rental agreement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2359437E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) keep his rent current;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="77EDE879" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) give written notice to the owner whether he desires to continue the tenancy beyond the original term within thirty days of receiving notice of a new rental rate under Section 27-47-420.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1F6B4EE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="37D8988D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E284FD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4730EECB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-520. Security deposit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6E8702FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Upon termination of a tenancy, monies held by the owner as a security deposit or prepaid rent must be returned less amounts withheld by the owner for accrued rent or damages the owner has suffered by reason of the resident's noncompliance with Section 27-47-510. Deductions must be itemized in a written notice to the resident within thirty days after termination of the tenancy. The resident shall provide the owner a forwarding address. The owner is not liable for damages if the resident does not provide a f</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>orwarding address and the owner has no notice of the resident's address and mails the notice to the resident's last known address. If the owner does not return monies due the resident, he may recover an amount equal to three times the amount wrongfully withheld and reasonable attorney's fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="71BAAD75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="22C360CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6FBE461D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="36D5EC40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-530. Grounds for eviction; notice of eviction; sale of manufactured home left on lot following eviction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4A632F36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An owner may evict a resident for one or more of the following reasons:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="24B31954" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) failure to comply with local, state, or federal laws governing manufactured homes after he receives written notice of noncompliance and has had a reasonable opportunity to remedy the violation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0D5277D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) engaging in repeated conduct that interferes with the quiet enjoyment of the park by other residents;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7243FC07" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) noncompliance with a provision of the rental agreement or park regulations and failure to remedy the violation within fourteen days after written notice by the owner. If the remedy requires longer than fourteen days, the owner may allow the resident in good faith to extend the time to a specified date;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1A336DFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) not paying rent within five days of its due date;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2F655C27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(5) noncompliance with a law or a provision in the rental agreement or park regulations affecting the health, safety, or welfare of other residents in the park or affecting the physical condition of the park;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="378CC685" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) wilfully and knowingly making a false or misleading statement in the rental agreement or application;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0FC9EC52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) taking of the park or the part of it affecting the resident's lot by eminent domain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="53E5F2D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) other reason sufficient under common law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="312A4667" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Notwithstanding Section 27-37-100, a writ of ejectment may not issue until ten days after a verdict for the plaintiff except for eviction pursuant to subsection (A)(5).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="27E09A7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) If a manufactured home remains on the lot twenty days after the resident has been evicted, the procedure in Section 29-15-10 may be commenced in order to sell the home in a commercially reasonable sale at public auction. The manufactured home owner or resident is not prohibited from moving the home before the day of the sale; however, he must pay any filing fee or advertising costs incurred for initiating the procedure in Section 29-15-10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="585CBA44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3A9331DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1; 1998 Act No. 382, § 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="68D9A73D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="061694E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0EFB0230" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Notification of Sale of Park and Rezoning</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7937EF30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="36283E48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-610. Notification by new owner of change in ownership.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2392CF9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If a park is sold but continues to operate as a park, the new owner shall notify residents of the change in ownership within thirty days after the date of closing of the sale.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4935F724" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2CED2B45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="62B91198" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0FADAFE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-47-620. Notice of proposed rezoning.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="36B098D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If an owner applies for rezoning of a park, a notice of the proposed rezoning must be posted at the park at least five days before the public hearing on the rezoning.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2490EBF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="35648E60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 135, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -4666,51 +4422,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -5147,66 +4903,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>