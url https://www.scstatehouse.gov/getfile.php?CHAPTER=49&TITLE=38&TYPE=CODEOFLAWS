--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,611 +1,654 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rda4fea3d1262429d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8928aaef0eb4c2cb597cb8a2f0b9303.psmdcp" Id="Ra3fb152555414234" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R82f6a6c0760845c2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ecb7a1631bc8410783c55862e067a1a6.psmdcp" Id="Rf70030fe6caa4f4a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0088294B" w:rsidRDefault="0088294B" w14:paraId="6CD182E0" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="6A886C09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="7E933E58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Motor Vehicle Physical Damage Appraisers</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="31D1D8FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="1C18A6A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-49-10. "Motor vehicle physical damage appraiser" defined.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="6AFEA1F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter, "motor vehicle physical damage appraiser" means a person, partnership, association, or corporation which practices as a business the appraising of damages to motor vehicles insured under automobile physical damage policies or on behalf of third party claimants.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="05ABE29F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="1B591BCA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-49-10 [1947 (45) 322; 1952 Code § 37-221; 1962 Code § 37-221] recodified as § 38-47-10 by 1987 Act No. 155, § 1; Former 1976 Code § 56-13-10 [1962 Code § 46-750.91; 1972 (57) 2527] recodified as § 38-49-10 by 1987 Act No. 155, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7A4EFCDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="03236AA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-49-20. License required; fee; standards for qualification, suspension, or revocation of licenses and business methods.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="28FE2A85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No person may act as an appraiser for motor vehicle physical damage claims on behalf of an insurer or firm or corporation engaged in the adjustment or appraisal of motor vehicle claims unless he has secured first a license from the director or his designee and has paid a biennial license fee of eighty dollars fully earned when received, not refundable, transferable, nor proratable. The department may prescribe reasonable regulations concerning standards for qualification, suspension, or revocation of licen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ses and the methods by which licensees shall conduct their business.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2516ADA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="4ED8E7AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-49-20 [1957 (50) 534; 1962 Code § 37-221.1] recodified as § 38-47-20 by 1987 Act No. 155, § 1; Former 1976 Code § 56-13-20 [1962 Code § 46-750.92; 1972 (57) 2527] recodified as § 38-49-20 by 1987 Act No. 155, § 1; 1992 Act No. 501, Part II § 11O; 1993 Act No. 181, § 682.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="074DB117" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="3B95A7EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-49-25. Applicant's business and residence address required; notice of change of address required.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="01388673" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>When an individual applies for a motor vehicle physical damage appraiser's license he shall supply the department his business, email, and residential addresses. The appraiser shall notify the department within thirty days of any change in these addresses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="00A530A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="04D5C45C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 327, § 4; 2016 Act No. 194 (H.4817), § 7, eff May 26, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="1D8350A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="77280910" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2016 Act No. 194, § 7, inserted ", email,", substituted "residential addresses" for "residence address", and twice substituted "department" for "Department".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1D8AC46C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2D9E92AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-49-30. Cancellation of license for nonpayment of fee; requirements for reinstatement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="39325376" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If the biennial continuation license fee for an appraiser is not received when due, the license must be canceled. If the license is to be reinstated, an original application must be filed and a reinstatement fee equal to the biennial license fee unpaid must be paid in addition to the regular biennial license fee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="414A6E2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="6747A298" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-49-30 [1947 (45) 322; 1952 Code § 37-222; 1962 Code § 37-222; 1981 Act No. 44 § 2] recodified as § 38-47-30 by 1987 Act No. 155, § 1; New § 38-49-30 enacted by 1987 Act No. 155, § 1; 1992 Act No. 501, Part II § 11P.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7267538B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="192C1DFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-49-40. Penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="72A3BA35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any person who violates this chapter is guilty of a misdemeanor and must, upon conviction, be fined an amount not to exceed five hundred dollars or imprisoned for a period not to exceed one year, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C78B321" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="586DF62C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-49-40 [1947 (45) 322; 1952 Code § 37-225; 1962 Code § 37-224; 1976 Act No. 612 § 3] recodified as § 38-47-40 by 1987 Act No. 155, § 1; Former 1976 Code § 56-13-40 [1962 Code § 46-750.94; 1972 (57) 2527] recodified as § 38-49-40 by 1987 Act No. 155, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -616,51 +659,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1097,66 +1140,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>