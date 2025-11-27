--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -1,5586 +1,5222 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ree2ed36776dc4dab" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/57495897832e4258a6ec2775f10f38db.psmdcp" Id="R067bcad6ee0640e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R929dcd0bcfd24f1d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8aa4b28f5f9c46c7bffe65dee44f8c2d.psmdcp" Id="R87554b6a10924758" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="5CA917F7" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="64381BA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1E44323D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Secretary of State</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4958B017" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2D079D4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-5-10. Compensation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="34AA3F21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Secretary of State shall receive such annual salary as may be provided by the General Assembly, and the fees or perquisites of the office shall be paid into the Treasury of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2BF004AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4206E223" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-201; 1952 Code § 1-201; 1942 Code § 3101; 1932 Code § 3101; Civ. C. '22 § 783; Civ. C. '12 § 699; G. S. 483, 484; R. S. 546, 547; 1786 (4) 751; 1865 (13) 350; 1924 (33) 1182; 1948 (45) 1716; 1954 (48) 1566; 1957 (50) 404; 1969 (56) 444; 1973 (58) 623.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="420CB57A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="28B559ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-5-20. Bond.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5F51F1F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Secretary of State, before entering upon the duties of his office, shall execute a bond with two or more good sureties in the penal sum of ten thousand dollars for the faithful discharge of the duties of his office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0369985F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="74182D36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-202; 1952 Code § 1-202; 1942 Code § 3101; 1932 Code § 3101; Civ. C. '22 § 783; Civ. C. '12 § 699; G. S. 483, 484; R. S. 546, 547; 1786 (4) 751; 1865 (13) 350; 1924 (33) 1182.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="52C4C59C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6AFAB3E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-5-30. Responsibility for executive records and papers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7B9DABEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The Secretary of State shall, during the absence of the Governor from Columbia, be placed in charge of the records and papers in the executive chamber. He shall keep in Columbia all the books, records and papers belonging thereto.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A6D762C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="39138CEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-204; 1952 Code § 1-204; 1942 Code § 3101; 1932 Code § 3101; Civ. C. '22 § 783; Civ. C. '12 § 699; G. S. 483, 484; R. S. 546, 547; 1786 (4) 751; 1865 (13) 350; 1924 (33) 1182.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A72EE54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6C5FDA5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-5-40. Duty to monitor state boards and commissions; certification of dates of terms of office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0DA50A8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The office of Secretary of State is designated as the state office whose responsibility it is to monitor positions on the state boards and commissions specified in this subsection and any elected or appointed state boards and commissions established after the effective date of this section. The dates of the terms of office for appointments to boards and commissions made with the advice and consent of the Senate are the dates as certified to the Secretary of State by the Senate. The dates of the terms o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>f office for all other elected or appointed boards and commissions are the dates certified to the Secretary of State by the Governor for his direct appointments and the dates for the terms of office for members of boards and commissions elected by the General Assembly shall be the dates as certified to the Secretary of State by the clerks of the two houses. The specified boards and commissions referred to in this subsection are:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7AE83BA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Accountancy, Board of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="58036152" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) Aging, Division on Advisory Council</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1BA20532" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Agriculture Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0342B564" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Architectural Examiners, State Board of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="733DBD40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Arts Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5FD792F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) Athletic Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0B48E459" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) Auctioneer's Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="009F04C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) Accessibility Committee for the Building Codes Council</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="085C4584" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) Blind, Commission for the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7BE04B52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) Builders Commission, Residential</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5FD1F43D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) Building Code Council</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3B70B2EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) College of Charleston Board of Trustees</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7E9CCBB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) Children's Trust Fund Board of Trustees</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="645A8BE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(14) Children, Foster Care Review Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="76A252C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(15) Chiropractic Examiners, State Board of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="464119BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(16) The Citadel Board of Visitors</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="361A5A61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(17) Clemson University Board of Trustees</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1BF18C99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(18) Coastal Carolina University Board of Trustees</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="347321DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(19) Consumer Affairs, Commission on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0588DA5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(20) Contractors' Licensing Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="764515AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(21) Cosmetology, State Board of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="68A71B9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(22) Professional Counselors, Associate Counselors and Marital and Family Therapists, State Board of Examiners</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5C3EA1F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(23) Deaf and Blind, School for the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="48FDDA72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(24) Dentistry Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7D122F4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(25) Disabilities and Special Needs Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2228DBC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(26) Education, State Board of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4D7B8811" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(27) Education Board, Southern Regional</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7DC7F15D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(28) Education Council</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1D1540B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(29) Educational Television Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1D1FB46B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(30) Election Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="68065656" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(31) Department of Employment and Workforce</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4B078EC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(32) Registration for Professional Engineers and Land Surveyors</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="23121BA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(33) Environmental Certification Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2B48B45A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(34) Ethics Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="570EC28A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(35) Financial Institutions, Board of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0991EE26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(36) Fisheries Commission, Atlantic States Marine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4DFA53B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(37) Office of General Services, State Fleet Management</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="69A1B832" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(38) Forestry Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4D0991B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(39) Francis Marion University Board of Trustees</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="00E6B29A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(40) Funeral Service Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="52B3738E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(41) Geologists, Board of Registration for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="69FF62D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(42) Governor's Mansion and Lace House Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="393F6EBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(43) DHEC</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6305735E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Board of Health and Environmental Control</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="30A4B962" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Office of Ocean and Coastal Resource Management Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...78 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="77B5A985" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(44) Higher Education Commission</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="444E6CAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(45) Holocaust, Council on the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0811A3D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(46) Housing, Finance and Development Authority</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="280FAA40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(47) Human Affairs Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3A066D8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(48) Indigent Defense, Commission on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="327998D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(49) Intergovernmental Relations, Advisory Commission on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="35BB43AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(50) Jobs and Economic Development Authority</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2FEEDB84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(51) John de la Howe School</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="064C894C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(52) Judicial Merit Selection Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1786EBF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(53) Juvenile Justice, Dept. of, Board of Juvenile Parole</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="17A93EE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(54) Lander University Board of Trustees</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="00D48000" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(55) Law Examiners Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="678FE97B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(56) Legislative Audit Council</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="223F7A1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(57) Library Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5B79FF13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(58) Liquefied Petroleum Gas Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="023B44DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(59) Long Term Health Care Administrators, Board of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="020EBF53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(60) Manufactured Housing Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4CC1F3AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(61) Maternal, Infant and Child Health, Council on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0BF8DD3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(62) Medical Examiners, Board of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0E149A07" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(63) Medical University of South Carolina Board of Trustees</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="227276B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(64) Mental Health, State Department of, Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7AFAAB67" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(65) Migrant Farm Workers Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="76A70D28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(66) Mining Council</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3A6BE827" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(67) Minority Affairs, Commission for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4E1E5150" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(68) Museum Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="606C2F9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(69) Natural Resources, Department of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="629E747F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Natural Resources Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="13F3C358" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Heritage Trust Advisory Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5DEB2C01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(70) Nuclear Advisory Council</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0440ACE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(71) Nursing, Board of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6B752D66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(72) Occupational Health and Safety Review Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3F1E98FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(73) Occupational Therapy, Board of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2C7F9591" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(74) Old Exchange Building Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2518970D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(75) Opportunity School, Wil Lou Gray Board of Trustees</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0EA9E504" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(76) Opticianry, Board of Examiners in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2650CCFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(77) Optometry, Board of Examiners in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3915AAA9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(78) Patriots Point Development Authority</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="28BCBFC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(79) Pharmacy, Board of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="34E233B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(80) Physical Therapy Examiners, State Board of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2761B9CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(81) Podiatry Examiners, Board of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1F44DC51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(82) Ports Authority Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="762F4BAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(83) Prisoner of War Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0D0EEFFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(84) Probation, Parole and Pardon Services, Board of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5D4024F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(85) Prosecution Coordination, Commission on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3004BB78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(86) Psychology, Board of Examiners in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5E8B3B5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(87) Public Service Authority, Board of Directors</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="43382987" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(88) Public Service Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="45E19CEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(89) Pyrotechnic Safety, Board of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3B1759D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(90) Radiation Control Technical Advisory Council</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1F173676" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(91) Real Estate Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5508A71A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(92) Real Estate Appraisers Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0A76FAD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(93) Reorganization Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7C0E8235" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(94) Salary, Executive and Performance Evaluation Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="138BA161" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(95) Social Work Examiners, Board of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="18DF481A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(96) South Carolina State University Board of Trustees</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6D634E3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(97) Speech-Language Pathology and Audiology, Board of Examiners</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="56947BD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(98) Tax Board of Review</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="418B28E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(99) Technical and Comprehensive Education, Board for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="31FDECEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(100) Transportation Department Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0D3A2CB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(101) University of South Carolina Board of Trustees</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="76384503" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(102) Veterinary Medical Examiners, Board of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7CAEDD24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(103) Vocational Rehabilitation, Board of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0058B3D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(104) Winthrop University Board of Trustees</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6174D9BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(105) Women, Governor's Office, Commission on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5F7B29CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(106) Workers' Compensation Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="659DDCEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(107) South Carolina First Steps to School Readiness Board of Trustees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="757302B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(B) The Secretary must keep in a public record available for inspection an up-to-date compilation of the membership of the boards and commissions listed in subsection (A) and information about the memberships received from state boards and commissions pursuant to Section 1-1-1310 so that members of the General Assembly and interested citizens may be informed of the current composition of these boards and commissions. This compilation must include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="36203F2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) length of term for each office;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1EE8910F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the month and year in which terms have expired or will expire;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="211014B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) terms which have expired;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4480A48C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) vacancies;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="786CC8C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(5) the body or authority which elects or appoints, as appropriate;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="56FD75F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) any qualifications including, but not limited to, residency requirements or limitations required for a particular vacancy; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="066A9EFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) any additional information received from state boards or commissions as required by Section 1-1-1310.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="01999FBA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The Secretary must publicize vacancies, expired terms, and those terms expiring within one year on a semiannual basis statewide.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="35917B23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3ACBE435" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 368, § 1; 2002 Act No. 182, § 2; 2014 Act No. 287 (H.3428), § 22, eff June 18, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="652F0ECC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="670CC02F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Pursuant to the directive to the Code Commissioner in 2010 Act No. 146, § 122, "Department of Employment and Workforce" was substituted for all references to "Employment Security Commission", and "Executive Director of the Department of Employment and Workforce" or "executive director" was substituted for all references to the "Chairman of the Employment Security Commission" or "chairman" that refer to the Chairman of the Employment Security Commission, as appropriate.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="75097EDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1A0297C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 287, § 22, added subsection (A)(107), related to the South Carolina First Steps to School Readiness Board of Trustees.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="224E0E39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7D31B3AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-5-50. Fees for searching or copying records.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6C0A159A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The Secretary of State may establish and collect fees, not to exceed the actual cost of searching for or making copies of records. These records must be furnished at the lowest possible cost to the person requesting the records. The agency also may charge a reasonable hourly rate for making records available to the public and require a reasonable deposit of such costs before searching for or making copies of the records. Fees collected pursuant to this section may be retained by the agency and used to defra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>y the expenses associated with purchasing and maintaining computer and telephone facsimile equipment and rent.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="187B804D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2BC42481" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 356, § 1, Pt VII.A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C323081" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5B79263E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-5-60. Fees associated with collection of dishonored checks.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="67DCD91F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Secretary of State may establish, collect, and retain fees to recover the costs associated with the collection of dishonored checks returned to the agency due to insufficient funds. These fees must be retained and expended by the agency to defray collection expenses and any unused amount must be carried forward to the succeeding fiscal year and used for the same purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="65F8BCFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4A7D9116" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 356, § 1, Pt VII.B.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -5591,51 +5227,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -6072,66 +5708,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>