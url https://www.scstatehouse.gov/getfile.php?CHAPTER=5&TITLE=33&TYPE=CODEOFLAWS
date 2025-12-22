--- v0 (2025-10-29)
+++ v1 (2025-12-22)
@@ -1,1077 +1,1000 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdde6dc904627412e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/62a3ed3f5e54424cb4a7b43fcb85a319.psmdcp" Id="R532c43be05d64a24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8661e06968724fd9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea12ea6ff2124cbcb86a3826c7791f83.psmdcp" Id="R3259159e1ad14b11" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AF7581" w:rsidRDefault="00AF7581" w14:paraId="7D8E8210" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="6ED8B5A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="41F09702" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Office and Agent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="7CB40DB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="05F3E8AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 33-5-101. Registered office and registered agent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="4108DE55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each corporation must continuously maintain in this State:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="7D0D1426" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a registered office that may be the same as any of its places of business; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="6468F457" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a registered agent, who may be:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="45FC0B0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) an individual who resides in this State and whose business office is identical with the registered office;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="5516DA45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(ii) a domestic corporation or not-for-profit domestic corporation whose business office is identical with the registered office; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="6CF4335E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) a foreign corporation or not-for-profit foreign corporation authorized to transact business in this state whose business office is identical with the registered office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FBDAA20" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="43F25D0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Derived from 1976 Code § 33-5-40 [1962 Code § 12-13.4; 1962 (52) 1996; 1963 (53) 327; 1981 Act No. 146, § 2; Repealed, 1988 Act No. 444, § 2]; 1988 Act No. 444, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6CB2FBAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="52E10D88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 33-5-102. Change of registered office or registered agent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="237C2B92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) A corporation may change its registered office or registered agent by delivering to the Secretary of State for filing a statement of change that sets forth:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="445A3493" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the name of the corporation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="483D308B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the street address of its current registered office;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="53CEFCC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(3) if the current registered office is to be changed, the street address of the new registered office;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="71106A55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the name of its current registered agent;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="7AF267F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) if the current registered agent is to be changed, the name of the new registered agent and the new agent's written consent (either on the statement or attached to it) to the appointment; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="15D4358F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) that after the change or changes are made, the street addresses of its registered office and the business office of its registered agent will be identical.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="46456E47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) If a registered agent changes the street address of his business office, he may change the street address of the registered office of any corporation for which he is the registered agent by notifying the corporation in writing of the change and signing (either manually or in facsimile) and delivering to the Secretary of State for filing a statement that complies with the requirements of subsection (a) and recites that the corporation has been notified of the change.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="26355AD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="57F3288C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Derived from 1976 Code § 33-5-50 [1962 Code § 12-13.5; 1962 (52) 1996; 1963 (53) 327; 1981 Act No. 146, § 2; Repealed, 1988 Act No. 444, § 2]; 1988 Act No. 444, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5C5EBBBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="7B0F9F76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 33-5-103. Resignation of registered agent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="7F947779" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) A registered agent may resign his agency appointment by signing and delivering to the Secretary of State for filing the signed original and two exact or conformed copies of a statement of resignation. The statement may include a statement that the registered office is also discontinued.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="1419B163" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) After filing the statement the Secretary of State shall mail one copy to the registered office (if not discontinued) and the other copy to the corporation at its principal office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="20762024" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) The agency appointment is terminated, and the registered office discontinued if so provided, on the thirty-first day after the date on which the statement was filed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7543DD9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="74F94CDC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Derived from 1976 Code § 33-5-50 [1962 Code § 12-13.5; 1962 (52) 1996; 1963 (53) 327; 1981 Act No. 146, § 2; Repealed, 1988 Act No. 444, § 2]; 1988 Act No. 444, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="790202A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="43BC59F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 33-5-104. Service on corporation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="3663BE5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Service of process on a corporation must be in accord with the applicable provisions of Title 15.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D3B6057" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="1DFC9335" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Derived from 1976 Code § 33-5-60 [1962 Code § 12-13.6; 1962 (52) 1996; 1981 Act No. 146, § 2; Repealed, 1988 Act No. 444, § 2]; 1988 Act No. 444, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1082,51 +1005,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1563,66 +1486,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>