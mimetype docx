--- v0 (2025-10-03)
+++ v1 (2025-11-23)
@@ -1,4679 +1,4459 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R619ec2f40c6d49f5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7617011de087455aa9edabe93798fb7a.psmdcp" Id="R821fc2d78dff4f8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2ba237e919ee4ff4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c0a218453fd43e7b44f79f861c39fbc.psmdcp" Id="R4fd0b7e274624453" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00270A17" w:rsidRDefault="00270A17" w14:paraId="1E221D49" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="33FE4229" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="09771CE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The Residential Property Condition Disclosure Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="47ABA799" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="402D9F25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="36A15AE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Residential Property Condition Disclosure Statements</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1F404518" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2EC889EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2AE098BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this article:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="08509695" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Commission" means the South Carolina Real Estate Commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2DBFFE05" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Disclosure statement" means a residential property condition disclosure statement written on a form as required by this article and as promulgated by regulations of the commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="02E02DF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(3) "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Listing agent" means a real estate licensee who represents an owner of real property in the sale, lease, or other transfer of the subject real property through the use of a written listing agreement as required by law.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2ED448F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Owner" means each person having a recorded present or future interest in real estate who is identified in a real estate contract subject to this article, but does not include the owner or holder of a mortgage, deed of trust, mechanic's or materialman's lien, or other lien or security interest in the real property. This disclosure is limited to the actual residential dwelling and does not address common elements or areas for which the owner has no direct and primary responsibility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="44987649" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Purchaser" means each person or entity named as a purchaser, buyer, or tenant in a real estate contract subject to this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1388462A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Real estate contract" means a contract for the transfer of ownership of real property.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="073F2305" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Real estate licensee" means an individual licensed under Title 40, Chapter 57.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3D520A61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(8) "Real property" means the lot or parcel and the dwelling unit described in a real estate contract subject to this article.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="01DC6244" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) "Selling agent" means a real estate licensee who represents a purchaser of real property through the use of a written agency agreement as required by law, a real estate licensee who is a subagent as defined by law who represents the owner, or a dual agent as defined by law who represents both the purchaser and owner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="407D3044" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="223181A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7B7B5C33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4DD4368F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-20. Scope of article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="54B17B65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This article applies to the following transfers of residential real property consisting of at least one but not more than four dwelling units:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="07735DCC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) sale or exchange;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0FD92122" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) installment land sales contract; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="69C1F1BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) lease with an option to purchase contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="246236DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5C415DE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5EADF212" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="063B430B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-30. Certain transfers excluded from scope of article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="21430B2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This article does not apply to transfers:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="032EB236" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(1) pursuant to court order including transfers in administration of an estate, pursuant to a writ of execution, by foreclosure sale, by a trustee in bankruptcy, by a receiver, by eminent domain, and resulting from a decree for specific performance;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0AC2FC90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) to a mortgagee from the mortgagor or his successor in interest in a mortgage if the indebtedness is in default, by a trustee pursuant to a deed of trust or to a mortgagee pursuant to a mortgage if the indebtedness is in default, by a trustee under a mortgagee pursuant to a foreclosure sale, or by a mortgagee who has acquired the real property at a sale conducted pursuant to a judgment and order of foreclosure;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1E5AF632" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) by a fiduciary in the course of the administration of a decedent's estate, guardianship, conservatorship, or trust;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="208B5514" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) from one or more co-owners solely to one or more other co-owners;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="448A90E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(5) made solely to a spouse or a person or persons in the lineal line of consanguinity of one or more transferors;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="68A42954" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) between spouses resulting from a divorce decree or support order or marital property distribution order;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="11F78012" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) made by virtue of the record owner's failure to pay federal, state, or local taxes;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="01A85D9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) to or from the federal government;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6C100322" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) to the State, its agencies and departments, and its political subdivisions including school districts;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2BA07F48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) involving the first sale of a dwelling never inhabited;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="72988E58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) real property sold at public auction;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="30B9097E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) to a residential trust;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6D764A75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) between parties when both parties agree in writing not to complete a disclosure statement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7167F017" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(14) of a vacation time sharing plan as defined in Section 27-32-10(9); and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7D1F92BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(15) of a vacation multiple ownership interest as described in Section 27-32-250.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5BAEA977" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="22874A27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2; 2003 Act No. 84, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7334641E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="29D020C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-40. Disclosure statements; contents; owner options.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1E1FD879" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Except for transactions exempted under Section 27-50-30, the owner of the real property shall furnish to a purchaser a written disclosure statement. The disclosure statement must contain the language and be in the form promulgated by the commission and the form may be delivered electronically through the Internet or other similar methods. The commission may charge a reasonable fee for the printed form but shall post the form for free downloading on its public website. The disclosure statement must incl</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ude, but is not limited to, the following characteristics and conditions of the property:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7489AADB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the water supply and sanitary sewage disposal system;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4AEA1390" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) the roof, chimneys, floors, foundation, basement, and other structural components and modifications of these structural components;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5856B9CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the plumbing, electrical, heating, cooling, and other mechanical systems;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="22569DFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) present infestation of wood-destroying insects or organisms or past infestation, the damage from which has not been repaired;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5FA080B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) the zoning laws, restrictive covenants, building codes, and other land-use restrictions affecting the real property, any encroachment of the real property from or to adjacent real property, and notice from a governmental agency affecting this real property;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="130E4083" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) presence of lead-based paint, asbestos, radon gas, methane gas, underground storage tank, hazardous material or toxic material, buried or covered, and other environmental contamination;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4EC71194" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) existence of a rental, rental management, vacation rental, or other lease contract in place on the property at the time of closing, and, if known, any outstanding charges owed by the tenant for gas, electric, water, sewerage, or garbage services provided to the property the tenant leases;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3B903A06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) existence of a meter conservation charge, as permitted by Section 58-37-50, that applies to electricity or natural gas service to the property; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6466AB0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) whether the property is subject to governance of a homeowners association, as provided in Chapter 30 of this title, which carries certain rights and obligations that may limit the use of his property and involve financial obligations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4BF78C93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(B) The disclosure statement must give the owner the option to indicate that the owner has actual knowledge of the specified characteristics or conditions, or that the owner is making no representations as to any characteristic or condition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="48B0576D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The rights of the parties to a real estate contract in connection with conditions of the property of which the owner has no actual or constructive knowledge are not affected by this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D5C3383" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2898AF11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2; 2010 Act No. 141, § 3, eff March 31, 2010; 2018 Act No. 245 (H.3886), § 2, eff May 17, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="193B1B7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2D53A9CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Under the provisions of Chapter 34, Title 1, an agency is required to adopt the latest edition of a nationally recognized code which it is charged by statute or regulation with enforcing by giving notice in the State Register.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2C52B959" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6B5B2FE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2010 amendment added subsection (A)(8), relating to meter conservation charges.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="466CA891" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 245, § 2, in (A), in the first sentence, substituted "Except for transactions exempted under Section 27-50-30, the" for "The", added (9), and made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6845BB9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1C77CE03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-50. Delivery of and effect of failure to provide disclosure statement; responsibility of listing or selling agent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="17F4B417" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The owner of real property subject to this article shall deliver to the purchaser the disclosure form required by this article before a real estate contract is signed by the purchaser and owner, or as otherwise agreed in the real estate contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="072816D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Failure to provide the disclosure form required by this article to the purchaser does not:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2D131340" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) void the agreement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="625D8CC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) create a defect in title; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="24F79559" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) present a valid reason to delay or otherwise interfere with the closing of a real estate transaction by a party including a closing attorney or lender.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4796E935" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A real estate licensee acting as a listing agent or a selling agent is subject to the regulations governing his license and performance of his responsibilities as licensee, as provided by the commission. This article does not limit any other remedy available to the purchaser under law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="266029FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3DF468FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="14E72F75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5DC30246" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-60. Corrected disclosure statements; reasonable repairs before closing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2AAE6AD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>If the owner discovers, after his delivery of a disclosure statement to a purchaser, a material inaccuracy in the disclosure statement or the disclosure is rendered inaccurate in a material way by the occurrence of some event or circumstance, the owner shall correct promptly the inaccuracy by delivering a corrected disclosure statement to the purchaser or make reasonable repairs necessitated by the occurrence before closing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1C72B717" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0F4530CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="00C1DEC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="38191F90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-65. Knowing disclosure of false, incomplete, or misleading material information; civil liability; attorney fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0960F8CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>An owner who knowingly violates or fails to perform any duty prescribed by any provision of this article or who discloses any material information on the disclosure statement that he knows to be false, incomplete, or misleading is liable for actual damages proximately caused to the purchaser and court costs. The court may award reasonable attorney fees incurred by the prevailing party.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73A47BAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="496D5FBD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="50CC4792" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3B7D3FF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-70. Listing agent to notify owner of disclosure obligations; liability for refusal or inaccuracy of disclosure statement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7CA0EE3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A listing agent or any real estate licensee operating for any party in a residential real estate transaction must inform in writing each owner covered by the listing agreement of the owner's obligations prescribed in this article. If the listing agent performs this duty, he is not liable for the owner's refusal or failure to provide a prospective purchaser with a disclosure statement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2963D36B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) This article does not conflict with or alter the duties of the real estate licensee pursuant to the regulations of the commission. The real estate licensee, whether acting as the listing agent or selling agent, is not liable to a purchaser if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3103298B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) the owner provides the purchaser with a disclosure form that contains false, incomplete, or misleading information; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2DF18516" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the real estate licensee did not know or have reasonable cause to suspect the information was false, incomplete, or misleading.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="646017E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1DF49FD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="41AE7A08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="22CD682C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-80. Obligation of purchaser to inspect.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="45EAB7D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>This article does not limit the obligation of the purchaser to inspect the physical condition of the property and improvements that are the subject of a contract covered by this article. The real estate licensee, whether acting as listing agent or selling agent, has no duty to inspect the onsite or offsite conditions of the property and any improvements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5C7B19B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="10F85F76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="78E7EF12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="52FBB15C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-90. "Psychologically affected" property disclosure exceptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0C76D18B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An owner is not required to disclose the fact or suspicion that a property may be or is psychologically affected, as described in subsection (B).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6A3C9C4A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A cause of action may not arise against an owner of real estate in a covered transaction for failure to disclose:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3A6DDE99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) that the subject real estate is or was occupied by an individual who was infected with a virus or other disease which has been determined by medical evidence to be highly unlikely to be transmitted through his occupancy of a dwelling place; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4ADBC5BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) that the death of an occupant of a property has occurred or the manner of the death; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3E2D0AA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) public information from the sex offender registry as defined in Article 7, Title 23.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="05598379" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Subsection (B) does not preclude an action against an owner of real estate who makes intentional misrepresentations in response to direct inquiry from a purchaser or prospective purchaser with regard to psychological effects or stigmas associated with the real estate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="316B98EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="256FAEF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5189D44F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7ADAAFE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-100. Landlord-tenant relationship.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="719B0DDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>This article does not affect the landlord-tenant relationship between the parties to a lease with an option-to-purchase contract during the term of the lease, and the rights of the landlords and tenants pursuant to the South Carolina Residential Landlord and Tenant Act remain in effect until transfer of ownership of the property to the purchaser.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4FFBBDC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4A28C202" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="06398813" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1268BB9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-110. Agreements by parties relating to physical condition of property to be sold "as is".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="58A20BA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nothing in this article is intended to prevent the parties to a contract of sale from entering into agreements of any kind or nature with respect to the physical condition of the property to be sold including, but not limited to, agreements for the sale of real property "as is".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5DF0E59F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4403A5AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="72125FD8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5D4EE2D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0FE62812" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The South Carolina Vacation Rental Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="445350F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="775A0DDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-210. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="74E9CE6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This article may be cited as the "South Carolina Vacation Rental Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0FF44437" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0538F39C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1E8CDC21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1C7C312E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-220. Scope of article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="60A95793" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) This article applies to any rental management company acting on behalf of an owner or to any other persons or entities otherwise engaged in the renting or managing of residential property for vacation rental as defined in this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="39D9CFF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) This article does not apply to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="538F5EC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) lodging provided by hotels, motels, tourist camps, or campgrounds subject to regulation under Title 45, including hotels, motels, or condominiums with multiple owners owning and managing individual units or groups of units that rent units on a daily basis or longer, and provide a front desk or office for customer service, or provide a centralized telephone system, or provide housekeeping services at no additional charge;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="01424C4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) any vacation timesharing accommodation as defined by Section 27-32-10(7) and (8); or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4C77CB3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) rental of residential property on a weekly or monthly basis pursuant to Chapter 40 of this title, the South Carolina Residential Landlord and Tenant Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="36A67709" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="07695EEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="08852BDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3151EF51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-230. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="56099F8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this article:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2364256A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(1) "Residential property" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means an apartment, condominium, single family home, townhouse, cottage, or other property devoted to residential use or occupancy by one or more persons for a definite or indefinite period.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4F96DF32" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Rental management company" means a licensed property manager-in-charge or broker-in-charge and their associates and employees who manage vacation rentals.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="53EA7C74" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Vacation rental" means the lease, sublease, or other rental of residential property for a period of fewer than ninety days, except that it does not include rental of residential property on a weekly or monthly basis pursuant to Chapter 40 of this title, the South Carolina Residential Landlord and Tenant Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="37B19A68" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Vacation rental agreement" means a written agreement between an owner or the owner's rental management company and a tenant, in which the tenant rents residential property belonging to the owner for a vacation rental. This definition includes electronically transmitted agreements, including, but not limited to, agreements entered into over the Internet and electronic facsimiles.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4F0A4835" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Vacation rental management agreement" means a written agreement between an owner and the owner's rental management company, in which the rental management company manages residential property belonging to the owner for a vacation rental. This definition includes electronically transmitted agreements, including, but not limited to, agreements entered into over the Internet and electronic facsimiles.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C1D1155" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2E58B183" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D1AE0A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="03675F88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-240. Vacation rental agreements; evidence of acceptance; trust accounts; advance payments; rental management company responsibilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7545AEFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An owner or rental management company and tenant shall use a written vacation rental agreement for all vacation rentals subject to the provisions of this article. No vacation rental agreement is valid and enforceable unless the tenant has accepted the agreement as evidenced by at least one of the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="42C10926" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the tenant's signature on the vacation rental agreement, including electronic signatures transmitted over the Internet or other similar medium;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0DA2B89B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the tenant's payment of any monies towards the vacation rental agreement; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="14C3FEC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the tenant's taking possession of the property subject to the vacation rental agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="09459FE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) A rental management company in a vacation rental agreement shall place in a trust account conforming with the requirements of Section 40-57-135(B) any monies received from the tenant. The rental management company may require the tenant to pay all or part of any required rent, security deposit, or other fees in advance of the tenancy. The terms of these advanced payments, which may be nonrefundable, must be stated in the vacation rental agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4768C043" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A rental management company that executes a vacation rental agreement that does not conform to the provisions of this article or fails to execute a vacation rental agreement is subject to disciplinary action by the South Carolina Real Estate Commission under Section 40-57-145.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="52BCFCDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A rental management company has a duty to inform each owner under contract with the rental management company of the owner's obligations under this section. If the rental management company has performed this duty, the rental management company is not liable for the owner's refusal or failure to comply with the requirements of this article. Nothing in this section may be construed to conflict with, or alter, the rental management company's duties under the rules and regulations of the South Carolina Re</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>al Estate Commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2DCC6FB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0CA66B25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2B63EDFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="774AA989" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2016 Act No. 170 rewrote Chapter 57, Title 40. Section 40-57-145, referenced in (C), was renumbered as 1976 Code § 40-57-710.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2B110942" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3030985B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-250. Transfer of title of residential property subject to vacation rental agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="65C9940C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The grantee of residential property subject to a vacation rental shall take title subject to the vacation rental agreement and the vacation rental management agreement for all vacation rental periods that begin no later than ninety days after the date the grantee's interest is recorded in the office of the register of deeds. If the vacation rental begins more than ninety days after the recording of the grantee's interest, then no party has the right to enforce the terms of the vacation rental agreement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> or occupancy provided for in the agreement, but the tenant is due a refund of any payments towards the agreement within forty-five days of the recording of the transfer of interest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="614F3F5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Before ratification of any contract of sale, the grantor shall disclose to the grantee in writing all future time periods that the property is subject to a vacation rental. Not later than fourteen consecutive days after entering into a contract of sale or transfer of interest, whichever is earlier, the grantor shall disclose in writing to the rental management company the grantee's name and address. Not later than fourteen consecutive days after the date of the transfer of interest, the grantor shall d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>isclose in writing to the rental management company the grantee's name, address, and date the transfer of interest was recorded. A grantor or grantee who knowingly violates or fails to perform any duty prescribed by any provision of this article is liable for actual damages proximately caused to the tenant and court costs. The court may award reasonable attorney fees incurred by the prevailing party. No action may be brought against an owner or rental management company by a tenant for any damages or injuri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>es that occur as a result of property defects of which an owner or rental management company had no actual knowledge.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="631BF100" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="04E0B02E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7EF33606" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="11DB7365" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-260. Tenant compliance with evacuation orders.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="37DC1FD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If state or local authorities order a mandatory evacuation of an area that includes a residential property subject to a vacation rental, the tenant in possession of the property shall comply with the evacuation order.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5F61E385" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6328C991" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="19BC5039" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5185CDDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-50-270. Effect of failure to disclose vacation rental agreement to purchaser.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6EC259DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Failure by the owner to disclose the existence of a vacation rental agreement to the purchaser, closing attorney, lender, or title insurer does not:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6F196C8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) void the sales agreement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1BD06F4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) create an encumbrance or defect in title; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="037642EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(3) create a cause of action against the purchaser, closing attorney, lender, or title insurer for failure to discover the existence of the vacation rental agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="05DDFF4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5B583FB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 336, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00000000">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -4690,51 +4470,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -5171,66 +4951,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>