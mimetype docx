--- v0 (2025-10-23)
+++ v1 (2025-12-12)
@@ -1,545 +1,603 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R10baf1bb2d194198" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ddd0ba9725764806aa316d2a559ba369.psmdcp" Id="R6f8788660aa94db7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ref2bb7048a0f4784" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d65ae467cd74751a318babaaeba0703.psmdcp" Id="R3eba484a0e734c0d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C10316" w:rsidRDefault="00C10316" w14:paraId="72B03872" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="330AB0AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="432331A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Aquaculture Permit Assistance Office</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="6492BF6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="1D77AA8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-51-10. Aquaculture Permit Assistance Office created; permit facilitator to be designated; powers and duties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="0D02CC3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is created within the Department of Agriculture an Aquaculture Permit Assistance Office. A permit facilitator must be designated by the Commissioner of Agriculture to carry out the functions of the Aquaculture Permit Assistance Office. The permit facilitator shall provide a potential aquaculturist with such information, services, and assistance as may be necessary including, but not limited to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="12981837" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(1) assistance in obtaining all permits from the various permitting agencies required to operate an aquaculture operation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="2A757F9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) technical assistance from the various state and private agencies and institutions involved in aquaculture research;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="2766571F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) assistance throughout the entire permit process and information concerning changes to a state or federal law or regulation which may affect the outcome of a permit application or change the permitting process;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="7551C505" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) application forms.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7A277C94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="2308D93D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 587, § 1, eff June 3, 1988.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="4DE5329B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="509F16B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The Preamble of 1988 Act No. 587, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="28D23689" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Whereas, aquaculture is an important form of both fisheries and agriculture. The Department of Agriculture will be responsible for coordination of promotion and marketing of aquaculture development in the State and for facilitating acquisition of aquaculture permits. The Wildlife and Marine Resources Department will be responsible for aquacultural law enforcement and coordination of research and development. Both agencies shall coordinate their respective efforts with all other agencies of state government</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3B7B9456" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="2F395DEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-51-20. Single application form for all permitting agencies to be established.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="633AF4B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Within ninety days after the creation of the office the facilitator shall meet with the director of the Department of Health and Environmental Control, the director of the South Carolina Department of Natural Resources and the director of the Department of Administration to establish one application form which must be used by all the permitting agencies when a potential aquaculturist is seeking permits, licenses, and certifications to begin an aquaculture operation. The permit facilitator shall recognize t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>he value and integrity of the permitting programs of each of the state's regulatory agencies listed above and seek to maintain the division of authority.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="27027BF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="7F020605" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 587, § 1, eff June 3, 1988; 1993 Act No. 181, § 1165, eff July 1, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7ADC3A6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="65C634A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-51-30. Procedure to obtain permits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="4119FB79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>An individual seeking to obtain the necessary permits to begin an aquaculture operation must be directed to the Aquaculture Permit Assistance Office to complete an application and provide all information required by the permitting agencies to process the application and render a decision.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7E225DFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="216A356A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 587, § 1, eff June 3, 1988.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -550,51 +608,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1031,66 +1089,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>