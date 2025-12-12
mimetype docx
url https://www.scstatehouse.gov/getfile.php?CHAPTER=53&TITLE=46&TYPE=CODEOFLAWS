--- v0 (2025-10-23)
+++ v1 (2025-12-12)
@@ -1,1058 +1,1099 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc14c333556dc46f3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f916acf13cc415a81d2f1baae1f6bad.psmdcp" Id="R755aba7b3efb4a01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R875f7d36a7c94fc7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fcc3498fb2954dfe8d0dad9c5044aebd.psmdcp" Id="R0c4fa4da93ae4444" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C10316" w:rsidRDefault="00C10316" w14:paraId="2A7B1DF5" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="333FD694" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="1D03AB77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Agritourism Activity Liability</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="33EA1049" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="54C320EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="029453B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="31A480BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="418356F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2010 Act 236, § 4, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="70CD37CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="6B9B1230" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>This act takes effect September 1, 2010, and shall only apply to causes of action arising after that date."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="6C18F74A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="44D0A06C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="05FFDACE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-53-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="63D96589" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="595CE90D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Agritourism activity" means any activity carried out on a farm or ranch that allows members of the general public, for recreational, entertainment, or educational purposes, to participate in rural activities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="250C7E1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Agritourism professional" means any person who is engaged in the business of providing one or more agritourism activities, whether or not for compensation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="777A6927" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Inherent risks of an agritourism activity" means those dangers or conditions that are inherent to an agritourism activity, including hazards related to surface and subsurface conditions, natural conditions of land, vegetation, and water at the agritourism location, the behavior of wild or domestic animals, except dogs, and ordinary dangers associated with structures or equipment commonly used in farming and ranching operations. Inherent risks of an agritourism activity also includes a participant that</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> acts in a negligent manner that causes or contributes to an injury to or the death of the participant or others, including failing to follow instructions given by the agritourism professional or failing to exercise reasonable caution while engaging in an agritourism activity. Inherent risk does not include any wilful, wanton, or reckless act or omission by the agritourism professional or any defect to land, structures, or equipment commonly used in farming and ranching operations that the agritourism profe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ssional knew or should have known existed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="1240E304" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Participant" means any person, other than the agritourism professional, who engages in an agritourism activity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="19B822F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Person" means an individual, fiduciary, firm, association, partnership, limited liability company, corporation, unit of government, or any other group acting as a unit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="2632C801" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Rural activity" means wildlife management, farming and ranching, and associated historic, scientific research, cultural, harvest-your-own, and natural activities and attractions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0637D199" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="1D69BFC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 236, § 1, eff September 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="706A8949" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="5057744C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-53-20. Limitations on liability of agritourism professional for injury or death resulting from inherent risk of agritourism activity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="45869873" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>An agritourism professional is not liable for an injury to or the death of a participant resulting from an inherent risk of an agritourism activity, and no participant or participant's representative may make a claim against, maintain an action against, or recover from an agritourism professional for injury, loss, damage, or death of the participant resulting from an inherent risk of an agritourism activity unless the agritourism professional:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="76EB61C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(1) intentionally injured or caused the death of the participant or committed an act or omission that constitutes wilful, wanton, or reckless disregard for the safety of the participant and that act or omission caused the injury or death; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="18DD3305" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) owns, leases, rents, or otherwise is in lawful possession and control of the land or facilities upon which the participant sustained injuries or death because of a dangerous latent condition which was known or should have been known to the agritourism professional.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="20C06E81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="786162C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 236, § 1, eff September 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1FDFBE55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="203DCE5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-53-30. Affirmative defense; assumption of the risk.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="14F9ABB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In an action for damages against an agritourism professional for an injury to or death of a participant, the agritourism professional may plead assumption of the risk of an agritourism activity as an affirmative defense.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="61B049B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="3FD35406" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 236, § 1, eff September 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="266BC08E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="39C60AC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-53-40. Limitation on legal liability provided by chapter in addition to other limitations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="6AA7B247" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any limitation on legal liability afforded by this chapter to an agritourism professional is in addition to any other limitations of legal liability otherwise provided by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="34530E8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="7EF16183" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 236, § 1, eff September 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1681380D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="7523B996" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-53-50. Warning notice to be posted in conspicuous location; printed warning notice to be included in every written contract; required language of notice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="212CB86D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Every agritourism professional must post and maintain at least one sign that contains a warning notice. The sign must be clearly visible and placed at the entrance of the agritourism activity or another conspicuous location on or near where agritourism activities are conducted. Each letter on the sign must be a minimum of one inch in height.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="4451047B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Every written contract entered into with a participant by an agritourism professional for professional services, instruction, or rental of equipment related to an agritourism activity, must have a printed warning notice in or affixed to the contract. The warning notice must be clearly legible, and the words must be in boldface, twelve-point type.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="68F69F98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The warning notices required in this section must contain the following statement:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="562E7843" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"WARNING !</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="1C42A546" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Under South Carolina law, an agritourism professional is not liable for an injury to or the death of a participant in an agritourism activity resulting from an inherent risk associated with the agritourism activity. (Chapter 53, Title 46, Code of Laws of South Carolina, 1976)."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="6ADF5EC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(D) Failure to comply with the requirements in this section concerning warning signs and notices prevents an agritourism professional from pleading assumption of the risk of an agritourism activity as provided in Section 46-53-30 and invoking the privileges of immunity provided in Section 46-53-20.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="71F11C2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="58233667" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 236, § 1, eff September 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1063,51 +1104,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1544,66 +1585,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>