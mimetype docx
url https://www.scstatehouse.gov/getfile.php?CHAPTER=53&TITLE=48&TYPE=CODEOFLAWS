--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,486 +1,463 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0d2e08693ad642cc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1bd89f1e62034c1a9def55fb82936a9b.psmdcp" Id="Rc4f74a0de1fe4bd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R07a8c7594c484acc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fce057cbcbfa474caa956e5258284706.psmdcp" Id="Rb016e87c8c3e44b2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="0B743068" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="07B2584E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CHAPTER 53</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="77FD7B26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>CHAPTER 53</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Transportation Of Litter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2E6E48E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="68D99C28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-53-10. Definitions.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7AB65C82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="57ACA07D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Litter" means all waste material including, but not limited to, bottles, glass, crockery, cans, paper, plastic, rubber, garbage, offal, waste building material at construction sites, disposable packages, or containers thrown or deposited as prohibited by the provisions of this chapter but not including the wastes of the primary processes of mining, logging, sawmilling, farming, or manufacturing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="618DF369" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Vehicle" means every device capable of being moved upon a public highway and in, upon, or by which any persons or property is or may be transported or drawn upon a public highway, excepting devices moved by human or animal power or used exclusively upon stationary rails or tracks.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="670C7F98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="242BC5C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1989 Act No. 104, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="11CEB2F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="30FC9A53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-53-20. Litter to be covered to prevent it from escaping from vehicle during transportation.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5E8281F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No vehicle which transports litter may be driven or moved on any highway unless the litter is secured by means of a covering which is fastened securely so as to prevent any of its load from dropping, sifting, leaking, or otherwise escaping from the vehicle.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3F537A99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4F7C48D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1989 Act No. 104, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="760EC055" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5A7CF8C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-53-30. Penalties.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="713F69AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person violating the provisions of this chapter is guilty of a misdemeanor and, upon conviction, must be fined not less than fifty nor more than two hundred dollars for each offense.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1599906F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5A9B86E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 104, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -491,51 +468,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -972,66 +949,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>