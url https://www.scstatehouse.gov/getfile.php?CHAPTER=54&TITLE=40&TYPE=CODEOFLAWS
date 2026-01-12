--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -1,2509 +1,2640 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2b961b36b3f34115" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6f5dcbfe1914971bac737ce458ef5ae.psmdcp" Id="R0f5f702b31d4496d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rda936f774e3c4caa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e23597146b64249a19d763b47744301.psmdcp" Id="R49409cd234ea48cf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0000746D" w:rsidRDefault="0000746D" w14:paraId="1B3A0CEC" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0431F57D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5914CB80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Dealers in Precious Metals</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="755BC397" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="65213D58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-54-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3879B6EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5253BB9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(1) "Dealer" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>means any person, corporation, or partnership who buys precious metal or precious or semiprecious stones or gems from the general public, whether in bulk or in manufactured form, with an intent to obtain a monetary profit for himself or for a principal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0CAA68AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Precious metal" means any article made in whole or in part of gold, silver, or platinum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2F36D4B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Precious or semiprecious stone or gem" means any stone or gem that is rare or costly or any stone or gem that is of lower value than those classified as precious.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="25626A8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Local law enforcement agency" means the chief of police for businesses located within the corporate limits of a municipality and the county law enforcement agency for businesses located outside the corporate limits of a municipality.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2E732B48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Permanent place of business" means a fixed premises either owned by the dealer or leased by him. One year's lease is a presumption of permanency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4D08665D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Places proposed to do business" means the counties or municipalities in which the dealer intends to purchase precious metals or precious or semiprecious stones or gems or both precious metals and precious or semiprecious stones or gems.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="46C521CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Purchase" means the acquisition, including by means of being pawned to a dealer, of precious metal or precious or semiprecious stones or gems or both precious metal and precious or semiprecious stones or gems for a consideration of cash, goods, or other precious metals or precious or semiprecious stones or gems or both precious metals and precious or semiprecious stones or gems. Trade-ins are covered by the provisions of this chapter unless the item traded was purchased directly from the dealer allowi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ng the trade.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7CC9FE00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="71FFBDE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1981 Act No. 147 § 1; 1988 Act No. 413, § 1; 2014 Act No. 292 (H.3149), § 1, eff June 23, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="578B0F68" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="380BCC6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 292, § 1, in paragraph (7), inserted ", including by means of being pawned to a dealer,".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="147321A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="40B3A538" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-54-20. Permit required; form; contents of application; investigation; issuance; term; fee; denial, suspension, or revocation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="39CEC9BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) No dealer as defined herein shall operate in the State of South Carolina unless he first obtains a permit to engage in the business of purchasing precious metals from the local law enforcement agency and operates only from a permanent place of business. No dealer shall operate upon public property nor from a vehicle, flea market, hotel room, residential dwelling, similar temporary location, or subleased space with a lease term of less than one year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="03719323" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The form of the permit to engage in the business of purchasing precious metals shall be prescribed by the State Law Enforcement Division and all applicants for a permit under this chapter, whether a person, firm or corporation, shall file a written sworn application signed by the applicant if an individual, by all the partners if a partnership, and by the president if a corporation, with the local law enforcement agency showing:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="140F827D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) The names of the persons managing, supervising or conducting the applicant's business in any places proposed to carry on business; the addresses of such persons; the driver's license number of such persons; the capacity in which such persons will act, that is, whether as proprietor, agent or otherwise; the name and address of the person, firm or corporation for whose account the business will be carried on, if any; and if a corporation, the state of incorporation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2E62111E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The permanent places of business and other places in the State of South Carolina where it is proposed to carry on the applicant's business and the places where the applicant has carried on the business of purchasing precious metals within one year preceding the date of such application.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="620FF620" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) Such other reasonable information as to the identity of the persons managing, supervising or conducting the applicant's business as the local law enforcement agency may deem proper to fulfill the purposes of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0088B6B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) A statement of the nature, character and quality of the precious metals to be purchased in the business.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5F3F55C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Upon receipt of such application for a permit, the local law enforcement agency shall cause an investigation of such person's business and personal background to be made. Such investigation shall be limited to information pertinent to the purpose of this chapter. If, as a result of the investigation, the background is found to be unsatisfactory, the permit shall be denied. The permit shall be denied or issued within thirty days from the date of application. Upon the issuance of the permit, the local la</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>w enforcement agency shall notify the State Law Enforcement Division of the locations where the permit holder proposes to carry on his business. The permit issued under this chapter shall be valid for a period of one year from the date issued and the annual fee shall be fifty dollars to provide for the administrative costs. If the dealer intends to operate from more than one location within the State, then separate permits shall be issued for each place of business; provided, however, only one annual fee sh</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>all be collected.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2FB80798" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The permits under this chapter shall be in addition to and not in lieu of other business licenses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4FD45861" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A permit may be denied, suspended or revoked at any time if the local law enforcement agency discovers that the information on the application is inaccurate or the dealer or applicant does not comply with the requirements of this act. The permit holder shall notify, within ten days, the local law enforcement agency if any substantive changes occur in the permanent place of business in the persons managing, supervising or conducting the applicant's business, or in the places the permit holder intends to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> do business.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CB95813" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0A5B6888" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1981 Act No. 147 § 1; 2014 Act No. 292 (H.3149), § 2, eff June 23, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5DD14F49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3C99C55A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 292, § 2, added subsection designators (A), (B), (C), (D), and (E); redesignated former paragraphs (a) through (d) as subsections (B)(1) through (B)(4); and in subsection (A), substituted "residential dwelling, similar temporary location, or subleased space with a lease term of less than one year" for "or similar temporary location".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="16F5B9CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="07055476" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-54-30. Permit to be posted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1C258EEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A permit issued under this chapter shall be posted conspicuously at all places of business named therein.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03147696" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="770EA09C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1981 Act No. 147 § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="32BF8FF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7BD09EDC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-54-40. Dealer to keep records of certain purchases; identification of seller required; seller's identity not to be publicized.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0C66981A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A)(1) Every dealer shall keep a book in which must be written at the time of any purchase of precious metal or precious or semiprecious stones or gems made from the general public, whether in bulk or manufactured form, the date of purchase, amount of money or other property exchanged for the metal, stones, or gems, the name, sex, race, age, address, and driver's license number of the person selling the items, articles, or things bought, and the number and nature and brand name of the items, articles, or t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>hings. Descriptions must include size, weight, patterns, or engraving or any unusual identification marks.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="08CE91DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) If the seller does not have a driver's license, some other positive identification bearing his photograph and an identifying number may be substituted including:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7C804F1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) another form of identification containing a photograph and issued by the Department of Motor Vehicles;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="67AC73FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a passport;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="597576FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) military identification containing a photograph and issued by the United States federal government; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="242A9523" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(d) a South Carolina voter registration card containing a photograph pursuant to Section 7-5-675.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3D7D11CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) If the seller cannot produce a driver's license or other positive identification, the dealer may not buy any merchandise from him. Every dealer shall, at the time of purchase, obtain the signature of the seller as part of the recording of the transaction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="12BAC7FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The record book must be kept for three years and at all reasonable times must be open to the inspection of any judicial or law enforcement officials or their designees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4BD60927" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The local law enforcement agency may not reveal a seller's identity supplied under this section except to other law enforcement agencies and prosecuting officials or pursuant to the valid order of a court or in the course of any criminal investigation or prosecution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="765808C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1BD59B7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1981 Act No. 147 § 1; 1988 Act No. 413, § 2; 2014 Act No. 292 (H.3149), § 3, eff June 23, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4426BFAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0849FCA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 292, § 3, added the subsection designators; in subsection (A)(1), deleted the prior last three sentences; and added subsections (A)(2) through (A)(3).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1011210E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2780F04D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-54-50. Purchases from minors; retention period of precious metals purchased; goods subject to inspection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="443F05E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) No dealer may purchase any precious metal from a minor unless accompanied by his parent or guardian with appropriate identification.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="57F4F181" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) All precious metals, except coins, purchased by a dealer must be held by the dealer at his permanent place of business or within the county of purchase in this State without being resold, melted, or altered in any manner, for a period of twenty-one days from the purchase date. All goods required to be held under this section must at all reasonable times be open to inspection by any law enforcement agency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="479118D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="455DF565" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1981 Act No. 147 § 1; 2014 Act No. 292 (H.3149), § 4, eff June 23, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6829DD11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5F0EBCA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 292, § 4, in subsection (B), inserted ", except coins,"; substituted "within the county of purchase in this State" for "at another suitable location in the State of South Carolina"; inserted a comma after "melted"; substituted "twenty-one days" for "seven days"; and made other nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03188ABE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7AD797B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-54-60. Permit required for possession of certain equipment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0DF8641A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Possession of equipment which has been used, or is being used for the melting, crushing or altering of the precious metals is unlawful unless possessed by a dealer with a valid permit as provided in § 40-54-20.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2E1514E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="47C2E9F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1981 Act No. 147, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="657DC5D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4B6482F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-54-70. Civil liability of dealer to owner for knowingly purchasing stolen metal; reimbursement to dealer by owner under certain conditions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5AB67650" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any dealer buying precious metal with knowledge that the metal has been stolen shall be liable to the lawful owner of such metal in an amount triple the fair market value of the stolen items, computed at the time of the theft, and shall be liable for a reasonable attorney's fee as the court in its discretion may award. This shall be a civil remedy and in addition to any other remedies provided by the law. Provided, any dealer, having purchased precious metal in compliance with the provisions of this chapte</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>r, such metal subsequently being shown to have been stolen by a member of the immediate family of the rightful owner, may demand reimbursement from the owner equal to the amount paid for the metal before returning the metal to the owner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D00610E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5AD32E53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1981 Act No. 147, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0480B432" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2FD05491" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-54-80. Penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...69 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0705606B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(A) Any dealer wilfully violating the provisions of this chapter is guilty of a misdemeanor and upon conviction for a first offense must be fined not more than five hundred dollars, imprisoned for not more than ninety days, or both. A second offense conviction is punishable by a fine of not more than two thousand dollars, imprisonment for not more than one year, or both. A third or subsequent offense conviction is punishable by a fine of not more than five thousand dollars, imprisonment for not more than t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>hree years, or both. A dealer convicted of a second offense is ineligible for a permit to conduct business in precious metals in this State for at least two years and a dealer convicted of a third or subsequent offense is ineligible for a permit for a least five years.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5FF81741" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)(1) In addition to the provisions of subsection (A), any dealer who wilfully makes a purchase with an invalid, suspended, or revoked license as a dealer of precious metals is guilty of a misdemeanor and upon conviction for a:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1BD9C2BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(a) first offense must be fined not more than five hundred dollars, imprisoned for not more than ninety days, or both;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5D628E36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) second offense must be fined not more than two thousand dollars, imprisoned for not more than one year, or both; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="02316967" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) third offense must be fined not more than five thousand dollars, imprisoned for not more than three years, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6E308E3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2)(a) A dealer convicted of a second offense is ineligible for a permit to conduct business in precious metals in this State for at least two years; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6CAFD95D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a dealer convicted of a third offense is ineligible for a permit to conduct business in precious metals in this State for at least five years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1CCAAED7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) A penalty under this section is cumulative to penalties in items (1) and (2).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="38CDCEFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2783D458" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1981 Act No. 147 § 1; 2014 Act No. 292 (H.3149), § 5, eff June 23, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="72F002FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2F0947C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 292, § 5, added subsection designator (A), rewrote subsection (A), and added subsection (B).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="30C927EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="009FBB62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-54-90. Chapter preempts local ordinances regulating business of purchasing precious metals.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="009249CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The provisions of this chapter shall regulate the business of purchasing precious metals in this State and shall preempt any ordinances passed by political subdivisions purporting to regulate such business.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="19E5D7F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="613B2E02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1981 Act No. 147 § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3AB9EBF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="00FDA395" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-54-100. Exempt transactions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6BDEA37A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>This chapter shall not apply to the following specific transactions:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="39E05D64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(1) a transaction between dealers of precious metals where the selling dealer has already complied with the applicable holding period, nor shall they apply to transactions between coin dealers and coin collectors occurring at regularly scheduled numismatic conventions. However, this exemption only applies to transactions between coin dealers and coin collectors occurring at regularly scheduled numismatic conventions for the purchase of coins;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="66BE62D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the purchase of manufactured items bought directly from the manufacturer or his authorized representatives;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="274E8DE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the purchase of bulk precious metals brought directly from the commodity exchanges, banks, dealers or licensed brokers; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="709F0EF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the use of a coin strictly as legal tender.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="01CD683F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="248C700A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1981 Act No. 147 § 1; 2014 Act No. 292 (H.3149), § 6, eff June 23, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7FF3CC92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="10BE59BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 292, § 6, in paragraph (1), substituted "applicable holding period" for "seven day holding period", and added the second sentence; added paragraph (4); and made other nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2514,51 +2645,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2995,66 +3126,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>