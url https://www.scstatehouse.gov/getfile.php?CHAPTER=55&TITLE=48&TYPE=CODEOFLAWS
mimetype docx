--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,1011 +1,930 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdf79dd377fe94678" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08e1a6b35e274bb29a5389624ab084ff.psmdcp" Id="R5b3ac46e9c424531" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3b48ce8a6db044cc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/84a39672cf3f4b83aceb90ae9856f4f7.psmdcp" Id="Rbd22bdac66364eef" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="760AC4BB" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="73773410" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="75CF7708" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>South Carolina Environmental Awareness Award</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="79A6CEA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3857F94D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-55-10. Selection committee; chairman and secretary; expenses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="509A93A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The South Carolina Environmental Awareness Award must be presented annually by a committee of two members appointed from each of the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2D6664D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) South Carolina Department of Health and Environmental Control by its commissioner;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3729A121" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) State Commission of Forestry by its chairman;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="57C0F6F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) South Carolina Sea Grant Consortium by its executive director;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="71D12A0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Water Resources Division of the Department of Natural Resources by the department's director;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3A806F80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(5) Wildlife and Freshwater Fish Division of the Department of Natural Resources by the department's director;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0EA9BAF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) Land Resources and Conservation Districts Division of the Department of Natural Resources by the department's director; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="57E6DD21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) Coastal Division of the Department of Health and Environmental Control by the department's director;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="247801E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(8) Marine Resources Division of the Department of Natural Resources by the department's director.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="60B8D859" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The committee shall elect from its members a chairman and a secretary. Each department or commission shall provide for the expenses of its members, except collective expenses must be shared by the departments and the commissions. Members are not eligible for mileage or per diem.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5103BA6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3E863F40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 401, § 1; 1993 Act No. 181, § 1240.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="30FB699E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6E1F90E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-55-20. Committee to establish procedures for meetings, nominations, and selection of recipient.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="37F628B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The committee shall establish procedures for:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="303A212C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) conducting and scheduling its meetings;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7A41718B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) receiving nominations for the award; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3A5F1A53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) selecting the recipient of the award.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="068C6D96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5ECE9B12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 401, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="00BE4A47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="699705FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-55-30. Award criteria; presentation of award.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="43C102AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Presentation of the award and all related announcements must be made annually the first week in February. It must recognize outstanding contributions made toward the conservation of South Carolina's environment for the previous year. The recipient shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="366C373C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) exemplify extraordinary dedication to preserving and protecting the environment and natural resources of South Carolina through statewide efforts or efforts in his community or neighborhood;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6A7773CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) possess upstanding moral character; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3605D419" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) meet other reasonable criteria considered appropriate by the committee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="348AD380" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1C04D06D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 401, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1016,51 +935,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1497,66 +1416,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>