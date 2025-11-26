--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -1,495 +1,544 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rce3ccc33e6bb4240" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8611da234df245cb81f2718e9a14951c.psmdcp" Id="R4b5eddfc64554eb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9e72f7972bdb434f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7249b6955b41437dbaef1fe569ac4145.psmdcp" Id="R533d01274674437c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0000330E" w:rsidRDefault="0000330E" w14:paraId="0A9D85EE" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="62B2EEC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="1848B88E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Senate Management and Operations Committee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="5098E500" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="216DE682" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-59-10. Committee created; duties; compensation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="6366BC05" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) There is hereby created a permanent Senate Operations and Management Committee composed of nine members of the Senate appointed by the President whose duties shall include, but not be limited to, the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="1049E8C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) management of the L. Marion Gressette Building and the Senate areas of the State House with sole authority to formulate and implement policies and procedures for the effective utilization of personnel, equipment, and space within the L. Marion Gressette Building and the Senate areas of the State House;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="417AC351" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) develop and implement policies for a Senate Personnel Plan which shall include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="4CDBBF93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) establishment of policies and procedures for the employment and dismissal of Senate employees;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="03B8CBBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) establishment of guidelines for the effective management and supervision of Senate employees; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="468F4CD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) review requirements and needs of members and committees of the Senate for staff support.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="15C1F50F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(B) The personnel policies and procedures established by the committee shall be the controlling policies and procedures for management of Senate personnel.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="72F4E58F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) In furtherance of the requirements of this section, the committee is authorized to continue work during the interim to secure such information and make such investigations as it may deem necessary. The members shall be paid the regular per diem, mileage, and subsistence allowance provided by law to be paid from approved accounts of the Senate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="04BC1912" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="76515076" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1980 Act No. 517 Part II, § 7; 2001 Act No. 6, § 1; 2014 Act No. 121 (S.22), Pt V, § 7.G.2, eff July 1, 2015; 2019 Act No. 1 (S.2), § 23, eff January 31, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="0FDD96B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="351BA63E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 121, § 7.G.2, rewrote paragraph 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="6629EC41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 1, § 23, inserted the (A), (B), and (C) designators; in (A), substituted "President" for "President Pro Tempore"; and made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -500,51 +549,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -981,66 +1030,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>