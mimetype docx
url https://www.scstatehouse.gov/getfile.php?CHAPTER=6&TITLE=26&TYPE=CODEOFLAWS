--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -1,6322 +1,5982 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R912a5f68f07f488d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f67e6901bee456faf5d7d5287f59e29.psmdcp" Id="Rf09456ebeb90459a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2370799394a14d07" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af0fea27348c48978c1b4e1e80ade256.psmdcp" Id="R73bafd69949943e5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007578CD" w:rsidRDefault="007578CD" w14:paraId="6D87FCBF" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="47619EBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0C852FF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Uniform Electronic Transactions Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7D58072F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="14351103" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-10. Short title; purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...56 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1A72E89F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(A) This chapter may be cited as the "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Uniform Electronic Transactions Act".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6BA74774" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Consistent with the provisions of the Electronic Signatures in Global and National Commerce Act, 15 U.S.C. Section 7002(a), this chapter provides alternative procedures or requirements for the use of electronic records to establish the legal effect or validity of records in electronic transactions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="77B05EAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="035D2011" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="65437B31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="25A7A61F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="332B2D1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="397A22E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Agreement" means the bargain of the parties in fact, as found in their language or inferred from other circumstances and from rules, regulations, and procedures giving the effect of agreements under law otherwise applicable to a particular transaction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5784ED9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Automated transaction" means a transaction conducted or performed, in whole or in part, by electronic means or electronic records, in which the acts or records of any of the parties are not reviewed by an individual in the ordinary course in forming a contract, performing under an existing contract, or fulfilling an obligation required by the transaction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="14B56D3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Computer program" means a set of statements or instructions used directly or indirectly in an information processing system to bring about a certain result.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="63F99496" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(4) "Contract" means the total legal obligation resulting from the agreement of the parties as affected by this chapter and other applicable law.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2FDD85BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Electronic" means relating to technology having electrical, digital, magnetic, wireless, optical, electromagnetic, or similar capabilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3ADB18F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Electronic agent" means a computer program or an electronic or other automated means used independently to initiate an action or respond to electronic records or performances in whole or in part, without review or action by an individual.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="336A44EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Electronic record" means a record created, generated, sent, communicated, received, or stored by electronic means.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5D491A45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "Electronic signature" means an electronic sound, symbol, or process attached to or logically associated with a record and executed or adopted by a person with the intent to sign the record.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="58694524" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) "Governmental agency" means an executive, legislative, or judicial agency, department, board, commission, authority, institution, or instrumentality of the federal government or of a state or of a county, municipality, or other political subdivision of a state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5EF6FAA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) "Individual" means a single natural person; one human being.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0AA4970E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(11) "Information" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means data, text, images, sounds, codes, computer programs, software, databases, or other forms for the communication or reception of knowledge.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="379941CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) "Information processing system" means an electronic system for creating, generating, sending, receiving, storing, displaying, or processing information.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3E12B403" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) "Person" means an individual, corporation, business trust, estate, trust, partnership, limited liability company, association, joint venture, governmental agency, public corporation, or other legal or commercial entity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="48CA9883" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(14) "Record" means information that is inscribed on a tangible medium or that is stored in an electronic or other medium and is retrievable in perceivable form.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="663A526F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(15) "Security procedure" means a procedure employed for the purpose of verifying that an electronic signature, record, or performance is that of a specific person or for detecting changes or errors in the information in an electronic record. The term includes a procedure that requires the use of algorithms or other codes, identifying words or numbers, encryption, or callback or other acknowledgment procedures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="57DDAE62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(16) "State" means a state of the United States, the District of Columbia, Puerto Rico, the United States Virgin Islands, or any territory or insular possession subject to the jurisdiction of the United States. The term includes an Indian tribe or band, or Alaskan native village, which is recognized by federal law or formally acknowledged by a state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3258E90B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(17) "Transaction" means an action or set of actions occurring between two or more persons relating to the conduct of business, commercial, or governmental affairs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="51790822" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(18) "United States Postal Service Electronic Postmark" means an electronic service provided by the United States Postal Service that provides evidentiary proof that an electronic document existed in a certain form at a certain time and the electronic document was opened or the contents of the electronic document were displayed at a time and date documented by the United States Post Office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FF25B0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="492F9F47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4BD30277" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="25703CA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-30. Applicability to electronic records and electronic signatures relating to transaction; exceptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="66205306" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Except as otherwise provided in subsection (B), this chapter applies to electronic records and electronic signatures relating to a transaction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4A978346" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) This chapter does not apply to a transaction:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="71B13F3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) in connection with an order for prescription drugs; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="326AE43A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) to the extent the transaction is governed by:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7CD21E68" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(a) a law governing the creation and execution of wills, codicils, or testamentary trusts;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="23A2E457" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the Uniform Commercial Code, other than Sections 36-1-107 and 36-1-206, Chapter 2 of Title 36, and Chapter 2A of Title 36; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="02BA7A56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the Electronic Signatures in Global and National Commerce Act, 114 Stat. 464, 15 U.S.C. at 7001 et seq., but it is not intended to limit, modify, or supersede Section 101(c) of the act, and to the extent that the notices exempted below are excluded from the scope of the Electronic Signatures in Global and National Commerce Act, 114 Stat. 464, 15 U.S.C. at 7003, this chapter of Title 26 does not apply to a notice required by law regarding:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7B3C4766" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) the cancellation or termination of utility services (including water, heat, and power);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="16C11208" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) default, acceleration, repossession, foreclosure, eviction, or the right to cure under a credit agreement secured by a primary residence of an individual or a rental agreement for a primary residence of an individual;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4B255EC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) the cancellation or termination of health insurance or benefits or life insurance benefits, excluding annuities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4845C8D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iv) the recall of a product or material failure of a product, that risks endangering health or safety; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="291E69E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(v) a law requiring a document to accompany any transportation or handling of hazardous materials, pesticides, or other toxic or dangerous materials.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="304CC0EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(C) This chapter applies to an electronic record or electronic signature otherwise excluded from the application of the chapter pursuant to subsection (B) to the extent it is governed by a law other than those specified in subsection (B).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="713A666F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A transaction subject to this chapter is also subject to other applicable substantive law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="33124EDC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4A48A115" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5B1F1A1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="23F5B832" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Section 36-1-107, referenced in subsection (B)(2)(b), was amended by 2014 Act No. 213, § 1. The former subject matter of Section 36-1-107 is now contained in Section 36-1-306.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="25EFA38D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="012F04AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-40. Prospective application of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="29BC28BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>This chapter applies to an electronic record or electronic signature created, generated, sent, communicated, received, or stored on or after the effective date of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4E06408E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2F31B21F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="358795BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="675218FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-50. Agreement of parties to conduct transactions by electronic means.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="19D5FBF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) This chapter does not require a record or signature to be created, generated, sent, communicated, received, stored, or otherwise processed or used by electronic means or in electronic form.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="76CF23EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) This chapter applies only to transactions between parties who agree to conduct transactions by electronic means. Whether the parties agree to conduct a transaction by electronic means is determined from the context and surrounding circumstances, including the conduct of the parties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2702707E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A party that agrees to conduct a transaction by electronic means may refuse to conduct other transactions by electronic means. This right of refusal shall not be waived by agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="387CDE79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Except as otherwise provided in this chapter, the effect of its provisions may be varied by agreement. The presence in certain provisions of this chapter of the words "unless otherwise agreed", or words of similar import, does not imply that the effect of other provisions may not be varied by agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3F3017C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Whether an electronic record or electronic signature has legal consequences is determined by this chapter and other applicable laws.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7EDB2480" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="347F6BFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D2069CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2F4D45F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-60. Construction and application.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="77C085A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter must be construed and applied to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5394EAD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) facilitate electronic transactions consistent with other applicable law;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6BC17C35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) be consistent with reasonable practice concerning electronic transactions and with continued expansion of those practices; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="26242E72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) effectuate its general purpose to make uniform the law with respect to the subject of this chapter among states enacting it.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7A92E18A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="26463D82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="170E2301" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="33106EB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-70. Legality of electronic contracts, records, and signatures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2560E709" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A record or signature must not be denied legal effect or enforceability solely because it is in electronic form.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5BE269C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A contract must not be denied legal effect or enforceability solely because an electronic record is used in its formation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3F22AEDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) An electronic record satisfies a law requiring a record to be in writing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="758E08BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) An electronic signature satisfies a law requiring a signature.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2429F666" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="10D2B42A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="292F2030" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="26FC5677" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-80. Satisfying requirement that information be in writing; complying with manner of transmission and format requirements; exceptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6D431ACC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) If parties agree to conduct a transaction by electronic means and a law requires a person to provide, send, or deliver information in writing to another person, the requirement is satisfied if the information is provided, sent, or delivered in an electronic record capable of retention by the recipient at the time of receipt. An electronic record is not capable of retention by the recipient if the sender or its information processing system inhibits the ability of the recipient to print or store the ele</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ctronic record.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0D75B62D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) If another provision of law requires a record to be posed or displayed in a certain manner, be sent, communicated, or transmitted by a specified method, or contain information formatted in a certain manner, the record must:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="683BEC36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) be posted or displayed in the manner specified in the other law;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0E4D3DB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) be sent, communicated, or transmitted by the method specified in the other law, except as otherwise provided in subsection (D)(2); and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5E88C383" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) contain the information formatted in the manner specified in the other law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="785FF1C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The electronic record is not enforceable against the recipient if a sender inhibits the ability of a recipient to store or print an electronic record.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="337F0BD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The requirements of this section shall not be varied by agreement, except that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2E6C7D79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(1) to the extent a law other than this chapter requires information to be provided, sent, or delivered in writing but permits that requirement to be varied by agreement, the requirement pursuant to subsection (A) that the information be in the form of an electronic record capable of retention also may be varied by agreement; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1981FFF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a requirement pursuant to a law other than this chapter to send, communicate, or transmit a record by first-class mail, postage prepaid, or regular United States mail, may be varied by agreement to the extent permitted by the other law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="707ADC1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="15C8DBF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6141E611" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0D1CEBEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-90. Showing that electronic record or signature is attributable to a person; effect of electronic record or signature.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4ADC3AC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An electronic record or electronic signature is attributable to a person if it is the act of the person. The act of the person may be shown in any manner, including a showing of the efficacy of a security procedure applied to determine the person to which the electronic record or electronic signature was attributable.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3A5A208F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The effect of an electronic record or electronic signature attributed to a person pursuant to subsection (A) is determined from the context and surrounding circumstances at the time of its creation, execution, or adoption, including the parties' agreement, if any, and as otherwise provided by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2A29EC98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="28C98E7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="786663FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="244B4E2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-100. Change or error in transmission of electronic record; circumstances under which effect may be avoided; applicability of other law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="523D4996" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) If a change or error occurs in the transmission of an electronic record between parties to a transaction:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0E86FDAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the conforming party may avoid the effect of the changed or erroneous electronic record, if the parties have agreed to use a security procedure to detect changes or errors and one party has conformed to the procedure but the other party has not and the nonconforming party would have detected the change or error had he also conformed;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="65978D8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) an individual may avoid the effect of an electronic record that resulted from an error made by the individual in dealing with the electronic agent of another person if the electronic agent did not provide an opportunity for the prevention or correction of the error and, at the time the individual learns of the error, the individual:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="42FBDFB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) promptly notifies the other person of the error and that the individual did not intend to be bound by the electronic record received by the other person;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="08A6163C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) takes reasonable steps, including steps that conform to the reasonable instructions of the other person, to return or destroy, as instructed, the consideration received as a result of the erroneous electronic record; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="64891664" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) has not used or received any benefit or value from the consideration received from the other person.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3B4DBC18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(B) If subsection (A) does not apply, the change or error has the effect provided by other law, including the law of mistake, and the parties' contract, if any.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="27A0B4D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The provisions of subsections (A)(2) and (B) shall not be varied by agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="18F42A14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="15B5B0AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3902C557" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1BEFCE6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-110. Satisfying requirement that signature or record be notarized.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="56164FFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A law requiring a signature or record to be notarized, acknowledged, verified, or made under oath is satisfied if the electronic signature of the person authorized to perform those acts, together with all other information required to be included by other applicable law, is attached to or logically associated with the signature or record.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="256995F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="527CE348" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="52C7C77F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1099D2DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-120. Satisfying law requiring a record to be maintained; checks.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7202ED9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A law requiring a record to be retained is satisfied by retaining an electronic record of the information that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2FC46C60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) accurately reflects the information in the record after it was first generated in its final form as an electronic record or otherwise; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="64FF3748" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) remains accessible for later reference.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7FC97103" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A requirement to retain a record in accordance with subsection (A) does not apply to information whose only purpose is to enable the record to be sent, communicated, or received.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5DD35E7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(C) A person may satisfy subsection (A) by using the services of another person if the requirements of that subsection are satisfied otherwise.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="573C2915" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A law requiring a record to be presented or retained in its original form, or providing consequences if the record is not presented or retained in its original form, is satisfied by an electronic record retained in accordance with subsection (A).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6D5390ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A law requiring retention of a check is satisfied by retention of an electronic record of the information on the front and back of the check in accordance with subsection (A).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="385133B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) A record retained as an electronic record in accordance with subsection (A) satisfies a law requiring a person to retain a record for evidentiary, audit, or like purposes, unless a law enacted after the effective date of this chapter specifically prohibits the use of an electronic record for the specified purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="70D10772" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(G) This section does not preclude a governmental agency of this State from specifying additional requirements for the retention of a record subject to the agency's jurisdiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7054FC91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="26DE1988" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="067582A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6FB601E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-130. Admissibility as evidence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7353DB4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Evidence of a record or signature may not be excluded in a proceeding solely because the record or signature is in electronic form.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="519FF66E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="53467759" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73B9EBE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="53CF2295" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-140. Automated transactions; formation of contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="24E4B02B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In an automated transaction:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="50CC0B66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a contract may be formed by the interaction of electronic agents of the parties, even if an individual was not aware of or reviewed the electronic agents' actions or the resulting terms and agreements;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3DF8DCD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a contract may be formed by the interaction of an electronic agent and an individual, acting on the individual's own behalf or for another person, including by an interaction in which the individual performs actions that the individual is free to refuse to perform and which the individual knows or has reason to know will cause the electronic agent to complete the transaction or performance; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="07835253" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the terms of the contract are determined by the substantive law applicable to it.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="23C82887" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4AD7EE9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="047B87D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="58625F60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-150. When electronic record sent and received.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="316C20E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) Unless otherwise agreed between the sender and the recipient, an electronic record is sent when it:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="203D74FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) is addressed properly or otherwise directed properly to an information processing system that the recipient has designated or uses for the purpose of receiving electronic records or information of the type sent and from which the recipient is able to retrieve the electronic record;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6BA0C0FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) is in a form capable of being processed by that system; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="05DF0BD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) enters an information processing system outside the control of the sender or of a person that sent the electronic record on behalf of the sender or enters a region of the information processing system designated or used by the recipient and under the control of the recipient.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="210C08D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Unless otherwise agreed between a sender and the recipient, an electronic record is received when it:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="127E0355" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) enters an information processing system that the recipient has designated or uses for the purpose of receiving electronic records or information of the type sent and from which the recipient is able to retrieve the electronic record; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="030C79A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) is in a form capable of being processed by that system.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="42D00A2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Subsection (B) applies even if the place the information processing system is located is different from the place the electronic record is considered to be received pursuant to subsection (D).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="05DF971B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Unless otherwise expressly provided in the electronic record or agreed between the sender and the recipient, an electronic record is considered to be sent from the sender's place of business and to be received at the recipient's place of business. For purposes of this subsection, the place of business is:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1469F490" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the place having the closest relationship to the underlying transaction, if the sender or recipient has more than one place of business; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5A339784" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the sender's or recipient's residence, if the sender or the recipient does not have a place of business.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="26694CBC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) An electronic record is received pursuant to subsection (B) even if an individual is not aware of its receipt.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2EC5DB0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) Receipt of an electronic acknowledgment from an information processing system described in subsection (B) establishes that a record was received but is not sufficient to establish that the content sent corresponds to the content received.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2E1FBD35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(G) If a person is aware that an electronic record purportedly sent pursuant to subsection (A), or purportedly received pursuant to subsection (B), was not actually sent or received, the legal effect of the sending or receipt is determined by other applicable law. Except to the extent permitted by the other law, the requirements of this subsection shall not be varied by agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="36E6B183" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0A976189" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A21BA18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="41157E22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-160. Establishing person as having control of transferable record; rights and defenses; proof of control.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="337442EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) In this section, "transferable record" means an electronic record that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="556C38D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(1) would be a negotiable instrument under Chapter 3 of Title 36 or a document of title under Chapter 7 of Title 36 if the electronic record were in writing; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="14E4AFA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the issuer of the electronic record expressly has agreed is a transferable record.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="47B6D2F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person has control of a transferable record if a system employed for evidencing the transfer of interests in the transferable record reliably establishes that person as the person to which the transferable record was issued or transferred.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5C4664D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A system satisfies subsection (B), and a person is considered to have control of a transferable record, if the transferable record is created, stored, and assigned in such a manner that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="51E5BCD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) there exists a single authoritative copy of the transferable record that is unique, identifiable, and, except as otherwise provided in items (4), (5), and (6), unalterable;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="29997AC2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the authoritative copy identifies the person asserting control as the person to which the transferable record was:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="374C0454" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) issued; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="09E4C005" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) most recently transferred, if the authoritative copy indicates that the transferable record has been transferred;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7C2AA1F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the authoritative copy is communicated to and maintained by the person asserting control or its designated custodian;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7FE97656" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) copies or revisions that add or change an identified assignee of the authoritative copy are made only with the consent of the person asserting control;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="249D6B73" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) each copy of the authoritative copy and a copy of a copy are readily identifiable as copies that are not the authoritative copy; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="63D01594" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(6) a revision of the authoritative copy is readily identifiable as authorized or unauthorized.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="53661187" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(D) Except as otherwise agreed, a person having control of a transferable record is the holder, as defined in Section 36-1-201(20), of the transferable record and has the same rights and defenses as a holder of an equivalent record or writing pursuant to Title 36, including the rights and defenses of a holder in due course, a holder to which a negotiable document of title has been duly negotiated, or a purchaser, respectively if the applicable statutory requirements pursuant to Section 36-3-302, 36-7-501, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>or 36-9-308 are satisfied. Delivery, possession, and endorsement are not required to obtain or exercise the rights pursuant to this subsection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5B588599" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Except as otherwise agreed, an obligor under a transferable record has the same rights and defenses as an equivalent obligor under equivalent records or writings pursuant to Title 36.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5E6A2951" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(F) The person seeking to enforce the transferable record shall provide, upon request, reasonable proof that he is in control of the transferable record. Proof may include access to the authoritative copy of the transferable record and related business records sufficient to review the terms of the transferable record and to establish the identity of the person having control of the transferable record.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="38E5F1AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="066EC463" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="42E602CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7BC1958F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-170. Creation and retention of electronic records by government agencies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6B079EF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each governmental agency of this State shall determine if, and the extent to which, it will create and retain electronic records and convert written records to electronic records.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7FC4787C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1E530001" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="516FC471" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="06F0C830" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-180. Government agencies sending and accepting electronic records and signatures; format.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0216240B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Each governmental agency of this State shall determine if, and the extent to which, it will send and accept electronic records and electronic signatures to and from other persons and otherwise create, generate, communicate, store, process, use, and rely upon electronic records and electronic signatures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="00B28FDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) To the extent that a governmental agency uses electronic records and electronic signatures pursuant to subsection (A), the governmental agency, in consultation with the South Carolina Department of Administration, giving due consideration to security, may specify:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1D091318" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the manner and format in which the electronic records must be created, generated, sent, communicated, received, and stored and the systems established for those purposes;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="664A1773" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) if electronic records must be signed by electronic means, the type of electronic signature required, the manner and format in which the electronic signature must be affixed to the electronic record, and the identity of, or criteria that must be met by, a third party used by a person filing a document to facilitate the process;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="40B4E34A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) control processes and procedures appropriate to ensure adequate preservation, disposition, integrity, security, confidentiality, and auditability of electronic records; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="41CD3B30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) other attributes required for electronic records which are specified for corresponding nonelectronic records or reasonably necessary under the circumstances.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5C50B3B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Except as otherwise provided in Section 26-6-120, this chapter does not require a governmental agency of this State to use or permit the use of electronic records or electronic signatures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2E070D18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7A57657C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="12046EBA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="46ED3902" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, references in this section to the offices of the former State Budget and Control Board, Office of the Governor, or other agencies, were changed to reflect the transfer of them to the Department of Administration or other entities, pursuant to the directive of the South Carolina Restructuring Act, 2014 Act No. 121, § 5(D)(1), effective July 1, 2015.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D796EC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="53670DDC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-190. Development of standards and procedures; service of process.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5D13BF9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The South Carolina Department of Administration shall adopt standards to coordinate, create, implement, and facilitate the use of common approaches and technical infrastructure, as appropriate, to enhance the utilization of electronic records, electronic signatures, and security procedures by and for public entities of the State. Local political subdivisions may consent to be governed by these standards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="12C7F697" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The Secretary of State may develop, implement, and facilitate the use of model procedures for the use of electronic records, electronic signatures, and security procedures for all other purposes, including private commercial transactions and contracts. The Secretary of State also may promulgate regulations as to methods, means, and standards for secure electronic transactions including administration by the Secretary of State or the licensing of third parties to serve in that capacity, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3E3B1F1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) In accordance with Sections 26-6-20(18) and 26-6-195, and in reference to all South Carolina laws, rules, and regulations pertaining to service of process where service shall be made on entities described in Rule 4(d)(3) of the South Carolina Rules of Civil Procedure, those entities shall be served under Rule 4(d)(8) of the South Carolina Rules of Civil Procedure by:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5FEE6BF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) registered or certified mail-return receipt requested, addressed to the office of the registered agent;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="10B2B8EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) registered or certified mail-return receipt requested, addressed to the office of the secretary of the corporation at its principal office;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2AF36D9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) e-mailing the service of process that has been postmarked by a United States Postal Service Electronic Postmark in a manner approved by the South Carolina Supreme Court to an e-mail address registered with the Secretary of State for the corporation; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="655B1A45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) e-mailing the service of process that has been postmarked by a United States Postal Service Electronic Postmark in a manner approved by the South Carolina Supreme Court to an e-mail address registered with the Secretary of State for the agent for service of process for the corporation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6F623F5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4B348D3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="172A690C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7DE47428" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, references in this section to the offices of the former State Budget and Control Board, Office of the Governor, or other agencies, were changed to reflect the transfer of them to the Department of Administration or other entities, pursuant to the directive of the South Carolina Restructuring Act, 2014 Act No. 121, § 5(D)(1), effective July 1, 2015.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="16D7EB40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4F3A8172" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-195. Service of process to e-mail address by government agency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3E579D23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding any other provisions in this chapter, a governmental agency may use, in accordance with policies and procedures developed by the South Carolina Department of Administration and as circumstances allow, in order to perfect service of process of any communication, an e-mail address from any vendor, entity, or individual the governmental agency regulates or does business with, or an e-mail address from the agent for service of process of that vendor, entity, or individual. Such communication po</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>stmarked by a United States Postal Service Electronic Postmark shall have the same force of law as the United States Post Office certified mail-return receipt requested. The South Carolina Department of Administration shall devise policies and procedures for the use of the United States Postal Service Electronic Postmark in respect to state agencies and operations. These policies and procedures, where necessary, must consider the persons or entities which do not have an e-mail address.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D15DC85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="37B447A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2EAF5013" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4AE23B0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, references in this section to the offices of the former State Budget and Control Board, Office of the Governor, or other agencies, were changed to reflect the transfer of them to the Department of Administration or other entities, pursuant to the directive of the South Carolina Restructuring Act, 2014 Act No. 121, § 5(D)(1), effective July 1, 2015.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="19756C8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6C07F57E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-6-210. Applicability of Computer Crime Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3866C5F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>The Computer Crime Act, as contained in Chapter 16 of Title 16, is expressly made applicable to and incorporated into this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="101AEFFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5C8B05C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 279, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00000000">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -6333,51 +5993,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -6814,66 +6474,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>