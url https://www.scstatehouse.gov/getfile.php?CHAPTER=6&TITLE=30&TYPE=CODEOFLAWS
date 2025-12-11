--- v0 (2025-10-20)
+++ v1 (2025-12-11)
@@ -1,2057 +1,2427 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6d88242393354dfd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96c074d23e7a4948bf0174216adf3dc9.psmdcp" Id="R794e2c0620c648d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R25b7aeb7e8f84035" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c4f8ef33f374c14a57738ebf8b71371.psmdcp" Id="Rd459d050778c4169" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00F16B6C" w:rsidRDefault="00F16B6C" w14:paraId="3BFB0D65" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="55990EC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="65D9D174" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Uniform Real Property Electronic Recording Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="1FE3FFD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5C15D47B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="72AACF68" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="2973DC04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="6BE2E1EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2008 Act No. 210, § 1, provides at follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="50DC5ED1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="5D85647E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"The General Assembly provides for the following Prefatory Note to Chapter 6 of Title 30 contained in Section 2:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="7D52FCE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="52007369" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Prefatory Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="47335977" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="5F51BBAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"The status of electronic information technology has progressed rapidly in recent years. Innovations in software, hardware, communications technology and security protocols have made it technically feasible to create, sign and transmit real estate transactions electronically.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="4E35D190" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="27478575" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"However, approaching the end of the 20th Century, various state and federal laws limited the enforceability of electronic documents. In response, the Uniform Electronic Transactions Act (UETA) was approved by the National Conference of Commissioners on Uniform State Laws (NCCUSL) in 1999. As of October 1, 2004, UETA had been adopted in 46 states, the District of Columbia, and the U.S. Virgin Islands. The federal Electronic Signatures in Global and National Commerce Act (E-Sign) was also adopted in 2000. Th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>e two acts give legal effect to real estate transactions that are executed electronically and allow them to be enforced between the parties to the transaction.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="6AD3BE31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="33A675E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Even though documents resulting from electronic transactions are valid and enforceable between the parties, there is uncertainty and confusion about whether those electronic documents may be recorded in the various local land records offices in the several states. Legacy laws and regulations in many states purport to limit recordable documents to ones that are in writing or on paper or require that they be originals. Other laws and regulations require signatures to be in writing and acknowledgments to be s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>igned. Being electronic and not written on paper, being an electronic version of an original paper document, or having an electronic signature and acknowledgement instead of handwritten ones, an electronic document might not be recordable under the laws of these states. The continuing application of these legacy laws and regulations remain uncertain (see Op. Cal. Atty. Gen. No. 02-112 (Sept. 4, 2002)).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="216B689C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="66449683" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Despite these uncertainties, recorders in approximately 40 counties in several states began recording electronic documents. These efforts depend, however, on the initiatives of individual recorders and the opportunities available under the laws of those states. They are piecemeal and offer only limited interoperability among the recording venues and across state lines. They do not provide a uniform legal structure for the acceptance and processing of electronic documents.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="5DBD4205" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="2E374432" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"In response, a few states have convened study committees or task forces to consider the question of recording electronic documents (see Report of Iowa State Bar Ass'n, Real Estate Modernization Comm., draft of Ch. 558B—Iowa Electronic Recording Act (2001); Conn. Law Revision Comm., An Act Establishing the Connecticut Real Property Electronic Recording System (Conn. Gen Assembly, Judiciary Comm., Raised Bill No. 5664, 2004)). In 2002, a drafting committee was established by the NCCUSL Executive Committee to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> draft a Uniform Real Property Electronic Recording Act. The Committee's decision followed a recommendation of the NCCUSL Committee on Scope and Program. Their actions were in recognition of a strong recommendation from the Joint Editorial Board on Uniform Real Property Acts that a uniform act be drafted.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="2D2C5B39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="76E44B41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"The Uniform Real Property Electronic Recording Act was drafted to remove any doubt about the authority of the recorder to receive and record documents and information in electronic form. Its fundamental principle is that any requirements of state law describing or requiring that a document be an original, on paper, or in writing are satisfied by a document in electronic form. Furthermore, any requirement that the document contain a signature or acknowledgment is satisfied by an electronic signature or ackn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>owledgement. The act specifically authorizes a recorder, at the recorder's option, to accept electronic documents for recording and to index and store those documents.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="50626312" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="097DDCCA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"If the recorder elects to accept electronic documents, the recorder also must comply with certain other requirements set forth in the act. In addition, the act charges an Electronic Recording Commission or an existing state agency with the responsibility of implementing the act and adopting standards regarding the receipt, recording, and retrieval of electronic documents. The Commission or agency is directed to adopt those standards with a vision toward fostering intra- and interstate harmony and uniformit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>y in electronic recording processes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="2EBE4F8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="36261E74" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"This act does not state the means of funding the establishment or operation of an electronic recording system in the various recording venues. No single approach is inherently the best for funding electronic recording systems. This is especially true because of the range of taxation systems and cultures existing in the various states and recording venues and the diversity of the various states and recording venues in terms of population and resources. In fact, the best system for any state or recording ven</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ue might involve a combination of approaches.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="0AB94FE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="214E65BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"The establishment, and perhaps the operation, of an electronic recording system might be funded from the general taxes and revenues of the state or county. Because of the relatively large "front end" expenses needed to set up an electronic recording system, this approach might be very appropriate for that purpose. Whether the funding is to be by the county or the state is an issue that should be resolved prior to the passage of this act. A related question is whether the funding should cover the entire cos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>t of setting up the system or only part of it with the remaining costs to be paid by recording and searching fees dedicated to the establishment of the electronic recording system."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="095F001C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3F833394" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="6EE5E1AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 30-6-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="7EB1AD91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as the "Uniform Real Property Electronic Recording Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2AD75FC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="39EA84DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 210, § 2, eff May 13, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="46FC385F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="7D6308DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 30-6-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="77B6D223" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="23E392B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(1) "Document" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means information that is:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="10952653" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) inscribed on a tangible medium or that is stored in an electronic or other medium and is retrievable in perceivable form; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="5CCE1E66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) eligible to be recorded in the land records maintained by the register.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="5708402D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Electronic" means relating to technology having electrical, digital, magnetic, wireless, optical, electromagnetic, or similar capabilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="6A33644E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Electronic document" means a document that is received by the register in an electronic form.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="43C165FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Electronic Recording Committee" means a committee composed of seven members and charged with developing the standards to implement this chapter. The Secretary of State shall serve as the chairman of the committee and the Governor shall appoint six members as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="73D8CEE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) one register from a county with a population greater than 100,000 according to the last decennial census, upon the recommendation of the South Carolina Clerks of Court and Registers of Deeds;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="52824882" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) one register from a county with a population greater than 33,000 and less than 100,000 according to the last decennial census, upon the recommendation of the South Carolina Clerks of Court and Registers of Deeds;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="26AEE28D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) one register from a county with a population less than 33,000 according to the last decennial census, upon recommendation of the South Carolina Clerks of Court and Registers of Deeds;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="16CE49B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(d) one representative of the title insurance industry, upon the recommendation of the Palmetto Land Title Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="24B8DC95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) one real estate professional, upon the recommendation of the South Carolina Realtors Association; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="38F49997" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) one attorney whose practice includes the real estate area of the law, upon the recommendation of the South Carolina Bar Association.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="48415BA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Electronic signature" means an electronic sound, symbol, or process attached to or logically associated with a document and executed or adopted by a person with the intent to sign the document.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="09546D03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Person" means an individual, corporation, business trust, estate, trust, partnership, limited liability company, association, joint venture, public corporation, government, or governmental subdivision, agency, or instrumentality, or any other legal or commercial entity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="514366B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Register" means the official, including the register of deeds, register of mense conveyances, or clerk of court, charged with the recording and indexing duties in Chapter 5 of Title 30.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="7E5267C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "State" means a state of the United States, the District of Columbia, Puerto Rico, the United States Virgin Islands, or any territory or insular possession subject to the jurisdiction of the United States.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="38891FAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="52B5D85A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 210, § 2, eff May 13, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="24CA8D7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="02EA8CD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 30-6-30. Validity of electronic documents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="69A15569" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) If a law requires, as a condition for recording, that a document be an original, be on paper or another tangible medium, or be in writing, the requirement is satisfied by an electronic document satisfying this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="6C021D3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) If a law requires, as a condition for recording, that a document be signed, the requirement is satisfied by an electronic signature.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="0FD26DE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) A requirement that a document or a signature associated with a document be notarized, acknowledged, verified, witnessed, or made under oath is satisfied if the electronic signature of the person authorized to perform that act, and all other information required to be included, is attached to or logically associated with the document or signature. A physical or electronic image of a stamp, impression, or seal need not accompany an electronic signature.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73350C6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="6DDD11F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 210, § 2, eff May 13, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2618019C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="7C09899D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 30-6-40. Recording of documents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="1E454C96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) In this section, "paper document" means a document that is received by the register in a form that is not electronic.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="7531A95E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) A register:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="0C47E190" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(1) who implements any of the functions listed in this section shall do so in compliance with the standards promulgated through regulation by the Office of the Secretary of State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="09EEDF4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) may receive, index, store, archive, and transmit electronic documents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="5172E139" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) may provide for access to, and for search and retrieval of, documents and information by electronic means.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="5F9778FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) who accepts electronic documents for recording shall continue to accept paper documents as authorized by state law and shall place entries for both types of documents in the same index.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="3D05342B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) may convert paper documents accepted for recording into electronic form.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="7C40C93E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) may convert into electronic form information recorded before the register began to record electronic documents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="67BB7DF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) may accept electronically any fee that the register is authorized to collect pursuant to Section 8-21-310.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="62CE1FDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) may agree with other officials of a state or a political subdivision thereof, or of the United States, on procedures or processes to facilitate the electronic satisfaction of prior approvals and conditions precedent to recording and the electronic payment of fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="077FD0A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="015435A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 210, § 2, eff May 13, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6ECB4413" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="28A1C4B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 30-6-50. Administration and standards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="69CBAD6E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Upon the recommendation of the Electronic Recording Committee, the Office of the Secretary of State shall promulgate regulations to adopt standards to implement this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="63BA1DB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) To keep the standards and practices of registers in this state in harmony with the standards and practices of recording offices in other jurisdictions that enact substantially this chapter and to keep the technology used by registers in this state compatible with technology used by recording offices in other jurisdictions that enact substantially this chapter, the Office of the Secretary of State, so far as is consistent with the purposes, policies, and provisions of this chapter, in adopting, amending</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>, and repealing standards shall consider:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="79D32708" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) standards and practices of other jurisdictions;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="72986158" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the most recent standards promulgated by national standard-setting bodies, such as the Property Records Industry Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="6A2C6721" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the views of interested persons and governmental officials and entities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="10CD50B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the needs of counties of varying size, population, and resources; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="066B9892" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) standards requiring adequate information security protection to ensure that electronic documents are accurate, authentic, adequately preserved, and resistant to tampering.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="04761D4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="46ACCDFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 210, § 2, eff May 13, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="309AEF6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="78634D91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 30-6-60. Uniformity of application and construction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="1F7BF99F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In applying and construing this Uniform Act, consideration must be given to the need to promote uniformity of the law with respect to its subject matter among states that enact.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7CBB4C6E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="76C7C570" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 210, § 2, eff May 13, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="28B4C1DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="73332D90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 30-6-70. Relation to Electronic Signatures in Global and National Commerce Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="66D77CA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter modifies, limits, and supersedes the federal Electronic Signatures in Global and National Commerce Act, 15 U.S.C. Section 7001, et seq., but does not modify, limit, or supersede Section 101(c) of that act, 15 U.S.C. Section 7001(c), or authorize electronic delivery of any of the notices described in Section 103(b) of that act, 15 U.S.C. Section 7003(b).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D20A33D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E5E19" w:rsidRDefault="008E5E19" w14:paraId="6EC9F555" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 210, § 2, eff May 13, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2062,51 +2432,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2543,66 +2913,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>