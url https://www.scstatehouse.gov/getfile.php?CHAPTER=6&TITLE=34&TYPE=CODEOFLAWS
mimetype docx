--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -1,3379 +1,3517 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra098b3ce2e5d46d6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a2539c9ffde40758983de4fa98cfd1c.psmdcp" Id="R51c27ab1463d4c01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R808e7ec8f7d64a98" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7edf8074b4ae404e9aa28bc9e9e05362.psmdcp" Id="R9df8164afd844f63" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C363FA" w:rsidRDefault="00C363FA" w14:paraId="305EA3BB" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="41651AA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="4D45C981" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>South Carolina Uniform Prudent Management of Institutional Funds Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="08F7FB01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="70E83A75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-6-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="12600DE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as the "South Carolina Uniform Prudent Management of Institutional Funds Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2EEFFD8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="62AB3495" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 390, § 1, eff July 1, 1990; 2008 Act No. 289, § 1, eff July 1, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="1F4EA417" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="208B6036" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2008 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="42CD76B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="4EC7BA43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-6-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="024AD91F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="02A0CE8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(1) "Charitable purpose" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means the relief of poverty, the advancement of education or religion, the promotion of health, the promotion of a governmental purpose, or another purpose, the achievement of which is beneficial to the community.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="602E4882" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Endowment fund" means an institutional fund or part of one that, under the terms of a gift instrument, is not wholly expendable by the institution on a current basis. The term does not include assets that an institution designates as an endowment fund for its own use.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="13786B55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Gift instrument" means a record or records, including an institutional solicitation, under which property is granted to, transferred to, or held by an institution as an institutional fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="2D71AC2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Institution" means:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="18CA9DE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a person, other than an individual, organized and operated exclusively for charitable purposes;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="10F70FE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(b) a government or governmental subdivision, agency, or instrumentality, to the extent that it holds funds exclusively for charitable purposes; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="0F1976A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) a trust that had both charitable and noncharitable interests, after all noncharitable interests have terminated.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="1F09AB69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Institutional fund" means a fund held by an institution exclusively for charitable purposes. The term does not include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="5766B666" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) program-related assets;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="111C41B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a fund held for an institution by a trustee that is not an institution; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="00306FD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) a fund in which a beneficiary that is not an institution has an interest, other than the interest that could arise upon violation or failure of the purposes of the fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="161938F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Person" means an individual, corporation, business trust, estate, trust, partnership, limited liability company, association, joint venture, public cooperation, government or governmental subdivision, agency, or instrumentality, or other legal or commercial entity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="2E2829E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Program-related asset" means an asset held by an institution primarily to accomplish a charitable purpose of the institution and not primarily for investment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="3F64C3F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "Record" means information that is inscribed on a tangible medium or that is stored in an electronic or other medium and is retrievable in perceivable form.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5F55BF22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="797A889B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 390, § 1, eff July 1, 1990; 2008 Act No. 289, § 1, eff July 1, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="7373086B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="6D99E027" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2008 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="10E6AD16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="70915B51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-6-30. Standard of conduct in managing and investing institutional fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="5CDA70E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Subject to the intent of a donor expressed in a gift instrument, an institution, in managing and investing an institutional fund, shall consider the charitable purposes of the institution and the purposes of the institutional fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="5863BDCE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) In addition to complying with the duty of loyalty imposed by law other than this chapter, each person responsible for managing and investing an institutional fund shall manage and invest the fund in good faith and with the care an ordinarily prudent person in a like position would exercise under similar circumstances.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="7D45BC22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) In managing and investing an institutional fund, an institution:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="4A9E987B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) may incur costs that are appropriate and reasonable in relation to the assets, the purposes of the institution, and the skills available to the institutions; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="6242BC88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) shall make a reasonable effort to verify facts relevant to the management and investment of the fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="64DEB93B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) An institution may pool two or more institutional funds for purposes of management and investment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="7C234CBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Except as otherwise provided by a gift instrument, the following rules apply:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="10681F3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) In managing and investing an institutional fund, the following factors, if relevant, must be considered:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="6075DC77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) general economic conditions;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="62D23717" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the possible effect of inflation or deflation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="7CF930DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the expected tax consequences, if any, of investment decisions or strategies;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="1EF3232D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(d) the role that each investment or course of action plays within the overall investment portfolio of the fund;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="670AE864" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) the expected total return from income and the appreciation of investments;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="086B56C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) other resources of the institution;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="55CC21BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) the needs of the institution and the fund to make distributions and to preserve capital; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="1C7D803E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) an asset's special relationship or special value, if any, to the charitable purposes of the institution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="20A26EFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Management and investment decisions about an individual asset must be made not in isolation but rather in the context of the institutional fund's portfolio of investments as a whole and as a part of an overall investment strategy having risk and return objectives reasonably suited to the fund and to the institution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="4B3B5A24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Except as otherwise provided by law other than this chapter, an institution may invest in any kind of property or type of investment consistent with this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="241AAA0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(4) An institution shall diversify the investments of an institutional fund unless the institution reasonably determines that, because of special circumstances, the purposes of the fund are better served without diversification.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="6E1AF8DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Within a reasonable time after receiving property, an institution shall make and carry out decisions concerning the retention or disposition of the property or to rebalance a portfolio, in order to bring the institutional fund into compliance with the purposes, terms, and distribution requirements of the institution as necessary to meet other circumstances of the institution and the requirements of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="110AE10E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) A person that has special skills or expertise, or is selected in reliance upon the person's representation that the person has special skills or expertise, has a duty to use those skills or that expertise in managing and investing institutional funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6D5844AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="432A1E6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 390, § 1, eff July 1, 1990; 2008 Act No. 289, § 1, eff July 1, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="5B3B984F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="4FEDFEDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2008 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="60A3E3B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="74F8E2FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-6-40. Appropriation for expenditure or accumulation of endowment fund; rules of construction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="27C4E431" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Subject to the intent of a donor expressed in the gift instrument, an institution may appropriate for expenditure or accumulate so much of an endowment fund as the institution determines is prudent for the uses, benefits, purposes, and duration for which the endowment fund is established. Unless stated otherwise in the gift instrument, the assets in an endowment fund are donor-restricted assets until appropriated for expenditure by this institution. In making a determination to appropriate or accumulat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>e, the institution shall act in good faith, with the care that an ordinarily prudent person in a like position would exercise under similar circumstances, and shall consider, if relevant, the following factors:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="6F7E4056" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the duration and preservation of the endowment fund;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="0E12E800" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the purposes of the institution and the endowment fund;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="6229E37B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) general economic conditions;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="4429510B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(4) the possible effect of inflation or deflation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="670BE09B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) the expected total return from income and the appreciation of investments;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="28640E84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) other resources of the institution; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="4C09CB64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) the investment policy of the institution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="549F1BFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) To limit the authority to appropriate for expenditure or accumulate pursuant to subsection (A), a gift instrument must specifically state the limitation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="55D21B31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(C) Terms in a gift instrument designating a gift as an endowment, or a direction or authorization in the gift instrument to use only "income", "interest", "dividends", or "rents", "issues", or "profits", or "to preserve the principal intact", or words of similar import:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="4BA1D57D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) create an endowment fund of permanent duration unless other language in the gift instrument limits the duration or purpose of the fund; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="1AAAD729" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) do not otherwise limit the authority to appropriate for expenditure or accumulate pursuant to subsection (A).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3DF85D2F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="24EF1172" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 390, § 1, eff July 1, 1990; 2008 Act No. 289, § 1, eff July 1, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="18057537" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="7AC50B07" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2008 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7F73F529" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="003A9FEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-6-50. Delegation of management and investment functions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="09D31D1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(A) Subject to any specific limitation set forth in a gift instrument or in law other than this chapter, an institution may delegate to an external agent the management and investment of an institutional fund to the extent that an institution could prudently delegate under the circumstances. An institution shall act in good faith, with the care that an ordinarily prudent person in a like position would exercise under similar circumstances, in:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="48D07DE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) selecting an agent;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="2D4DE861" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) establishing the scope and terms of the delegation, consistent with the purposes of the institution and the institutional fund; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="003523DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) periodically reviewing the agent's actions in order to monitor the agent's performance and compliance with the scope and terms of the delegation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="62F8874C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) In performing a delegated function, an agent owes a duty to the institution to exercise reasonable care to comply with the scope and terms of the delegation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="3255D377" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) An institution that complies with subsection (A) is not liable for the decisions or actions of an agent to which the function was delegated.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="1EC6DCEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) By accepting delegation of a management or investment function from an institution that is subject to the laws of this State, an agent submits to the jurisdiction of the courts of this State in all proceedings arising from or related to the delegation or the performance of the delegated function.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="3EC53A98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) An institution may delegate management and investment functions to its committees, officers, or employees as authorized by law of this State other than this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="78E00255" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="52C22F75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 390, § 1, eff July 1, 1990; 2008 Act No. 289, § 1, eff July 1, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="6B48914C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="7B5CC2C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2008 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="15060A30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="47854747" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-6-60. Release or modification of restrictions on management, investment, or purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="099C2CAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) If the donor consent is in a record, an institution may release or modify, in whole or in part, a restriction contained in a gift instrument on the management, investment, or purpose of an institutional fund. A release or modification may not allow a fund to be used for a purpose other than a charitable purpose of the institution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="3708D964" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(B) The court, upon application of an institution, may modify a restriction contained in a gift instrument regarding the management or investment of an institutional fund if the restriction has become impracticable or wasteful, if it impairs the management or investment of the fund, or if, because of circumstances not anticipated by the donor, a modification of a restriction will further the purpose of the fund. The institution shall notify the Attorney General of the application, and the Attorney General </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>must be given an opportunity to be heard. To the extent practicable, any modifications must be made in accordance with the donor's probable intention.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="3BB2D4E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(C) If a particular charitable purpose or a restriction contained in a gift instrument on the use of an institutional fund becomes unlawful, impracticable, impossible to achieve, or wasteful, the court, upon application of an institution, may modify the purpose of the fund or the restriction on the use of the fund in a manner consistent with the charitable purposes expressed in the gift instrument. The institution shall notify the Attorney General of the application, and the Attorney General must be given </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>an opportunity to be heard.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="796A4332" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) If an institution determines that a restriction contained in a gift instrument on the management, investment, or purpose of an institutional fund is unlawful, impracticable, impossible to achieve, or wasteful, the institution, sixty days after notification to the Attorney General, may release or modify the restriction, in whole or part, if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="46C8CCB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the institutional fund subject to the restriction has a total value of less then twenty-five thousand dollars;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="4E908471" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) more than twenty years have elapsed since the fund was established; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="41904A7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the institution uses the property in a manner consistent with charitable purposes expressed in the gift instrument.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6EC6F5C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="246CAD4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 390, § 1, eff July 1, 1990; 2008 Act No. 289, § 1, eff July 1, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="2A55B6AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="39F1F44C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2008 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="34DE7B33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="28F6410E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-6-70. Review of compliance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="73929C66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Compliance with this chapter is determined in light of the facts and circumstances existing at the time a decision is made or action is taken, and not by hindsight.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="07A0D4FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="08C71E6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 390, § 1, eff July 1, 1990; 2008 Act No. 289, § 1, eff July 1, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="2A4B63BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="6D8A2919" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2008 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0DF37369" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="265E2708" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-6-80. Application to existing institutional funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="166BBCDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter applies to institutional funds existing on or established after its effective date. As applied to institutional funds existing on the effective date of this chapter, this chapter governs only decisions made or actions taken on or after that date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2410056D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="7D935965" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 390, § 1, eff July 1, 1990; 2008 Act No. 289, § 1, eff July 1, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="02817536" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="5D2679D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2008 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="59B1DF60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="220344DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-6-90. Relation to Electronic Signatures in Global and National Commerce Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="61CD7392" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter modifies, limits, and supersedes the Electronic Signatures in Global and National Commerce Act, 15 USC Section 7001, et seq., but does not modify, limit, or supersede Section 101 of that act, 15 USC Section 7001(a), or authorize electronic delivery of any of the notices described in Section 103 of that act, 15 USC Section 7003(b).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="48936A45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="2153C595" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 289, § 1, eff July 1, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="419A4DB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="025BB41B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-6-100. Uniformity of application and construction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="745B0609" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In applying and construing this uniform act, consideration must be given to the need to promote uniformity of the law with respect to its subject matter among states that enact it.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="57A24BCC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="5383EFA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 289, § 1, eff July 1, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -3384,51 +3522,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -3865,66 +4003,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>