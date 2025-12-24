--- v0 (2025-10-27)
+++ v1 (2025-12-24)
@@ -1,472 +1,1801 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raa90212ec32749ce" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/998377f3f1d846f494ce6ca14f3a42d4.psmdcp" Id="Rfd879eee1cd24dbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ree241e2d87a04ac4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/887a91a42608467fa066f514ee93480e.psmdcp" Id="Rdbcde3f92cf14eab" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00452FF4" w:rsidRDefault="00452FF4" w14:paraId="1D3124D9" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="1EEF5CDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4E342DB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Subminimum Wages</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7E2E3FB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2A6BC38A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="097CE8BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5D386D34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7D6EE3D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 209, preamble and § 3, provide as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="2AC35909" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4EA0ADD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Whereas, Section 14(c) of the Fair Labor Standards Act of 1938 authorizes employers, after receiving a certificate from the United States Department of Labor's Wage and Hour Division, to pay special minimum wages that are less than the federal minimum wage to workers who have disabilities, for the work being performed; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7CF34604" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6E31C0B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Whereas, Section 14(c)(1) defines a 'worker with a disability' as an individual whose earning or productive capacity is impaired by age, physical or mental deficiency, or injury; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="40FDB152" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="58487430" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Whereas, in 2020, more than two thousand nine hundred South Carolinians with disabilities were employed in settings in which they could be paid a subminimum wage; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6316A055" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="17CC3358" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Whereas, South Carolina continues to have one of the highest unemployment rates for persons with disabilities in the country. Now, therefore, [text of Act]."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="571F4B58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="30595F81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 3. (A) For the purposes of this SECTION:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="57C5A34F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="07D76542" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(1) 'Competitive employment' means employment in a competitive labor market that is performed on a full- or part-time basis in an integrated setting and for which an individual is compensated at or above the minimum wage but not less than the customary wage and level of benefits paid by the employer for comparable work performed by an individual without a disability.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7F8DA6B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="494FD139" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(2) 'Disability' means a physical or mental impairment that substantially limits one or more of an individual's major life activities, or a record of a physical or mental impairment, of being regarded as impaired, or of any condition that would be considered a disability under the Americans with Disabilities Act.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4F776152" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="742119A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(3) 'Integrated setting' means an employment setting in which individuals with disabilities interact with individuals without disabilities, with the exception of those who are providing services to employees with disabilities, to the same extent that individuals without disabilities in comparable positions interact with other persons.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7D3A8A10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7EA95A80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(4) 'Task force' means the South Carolina Task Force on Eliminating the Subminimum Wage.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="25273C55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="58EB64F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(B) The South Carolina Task Force on Eliminating the Subminimum Wage shall be comprised of the following:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="69E37CFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4E27F260" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(1) one member from Disability Rights South Carolina;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="1B424388" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="390913F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(2) one member from the South Carolina Developmental Disabilities Council;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5C8C44F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="47634318" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(3) one member from Able SC;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3E70FF65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4BF13545" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(4) one member from the South Carolina University Center for Excellence in Developmental Disabilities;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="08FFE93F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="60B3B5D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(5) two members who are currently authorized to pay a subminimum wage appointed by the Director of the South Carolina Department of Disabilities and Special Needs;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="07397402" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6C6D3231" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(6) two members who are current or former employees with a disability who are or were paid a subminimum wage appointed by the Director of the South Carolina Department of Disabilities and Special Needs;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="74EAFA8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="60D2759C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(7) the Director of the South Carolina Department of Employment and Workforce, or his designee;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="0401EE46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="70CDA9D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(8) the Director of the South Carolina Department of Health and Human Services, or his designee;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4573CCE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="11898747" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(9) the Director of the South Carolina Department of Disabilities and Special Needs, or his designee;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="60B002C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="51A33417" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(10) the Director of the South Carolina Vocational Rehabilitation Department, or his designee; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="02FD1080" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5FF18909" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(11) the Director of the South Carolina Commission for the Blind, or his designee.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5CE6D655" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3914B08F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(C) The task force shall be responsible for the following duties:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5CB7A8FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7BDB0A47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(1) developing a plan to phase out the use of the subminimum wage by August 1, 2024;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="26117051" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="56D45950" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(2) identifying and developing protections for disabled subminimum wage employees to maintain competitive employment while phasing out the use of the subminimum wage;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6E459D20" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="46592952" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(3) identifying and collaborating with employees, employers, organizations, agencies, and stakeholders impacted by the phase out of the subminimum wage on how to implement the plan and create sustainable, competitive work opportunities for employees with disabilities;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="227CCA83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7E7373C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(4) proposing a plan to establish and evaluate benchmarks for measuring progress for each year of the phase out;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5F86A1D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="1A8D0CA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(5) proposing a plan to monitor and track the outcomes of employees with disabilities;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3D3BA20E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4B134699" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(6) identifying initiatives, investment, training, and services designed to improve wages, reduce unemployment rates, and provide support and sustainable work opportunities for persons with disabilities;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7A904FAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="01359CA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(7) identifying and making recommendations for sustainable support, funding, and resources for eliminating the subminimum wage, including the cost of implementing and providing ongoing employment services, training, and support for employees with disabilities and the cost of paying a minimum wage or more to employees with disabilities in integrated settings;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="15016229" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4BFDE0D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(8) ensuring that the plan protects the rights of persons with disabilities and follows Americans with Disabilities Act protections for employees and prospective employees with disabilities; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="49D66093" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5A82D467" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(9) reporting on or before August first of each year to the Governor and the General Assembly on the benchmarks and results of the outcomes described in the above duties until the subminimum wage has been phased out, at which time the task force is dissolved.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="35B2860E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4AC8D685" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(D) The task force may utilize the staff of the South Carolina Senate and House of Representatives for clerical or related assistance, as approved and designated by the President of the Senate and the Speaker of the House of Representatives, as appropriate. The task force members may not receive compensation and are not entitled to receive mileage, subsistence, or per diem as provided by law for members of boards and commissions."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3027006D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="599D12EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7A445ABD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-6-10. Employers; community rehabilitation programs; hospital patient care workers at regional centers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="154CBBF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Employers, community rehabilitation programs, and hospital patient care workers at regional centers shall not use Section 14(c) of the Fair Labor Standards Act of 1938 to pay disabled employees a subminimum wage. No individual with a disability may be paid less than the federal minimum wage.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="57E8D736" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="279E8FBA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 209 (S.533), § 1, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="0E56250E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="347486EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, pursuant to the authority to codify permanent law, the provisions of Section 1 and Section 2 of 2022 Act No. 209 were codified as Section 41-6-10 and Section 41-6-20, respectively.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FC20EB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7E9C6FA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-6-20. Department of Disabilities and Special Needs; report.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5D772D8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Beginning on January 1, 2023, and annually thereafter, the Office of Intellectual and Developmental Disabilities shall submit a report to the General Assembly concerning the payment of a subminimum wage in South Carolina. The report shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6F55EC53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) identify all providers in this State that maintain a Section 14(c) certificate;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="71A2AB01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) identify which of those providers pay a subminimum wage;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7227473C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) identify which of those providers used to pay a subminimum wage but have stopped that practice;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5CD16C09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) identify which of those providers that stopped paying a subminimum wage did so due to an increase in the federal minimum wage; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7864BE8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) provide data regarding the success in obtaining minimum wage employment of individuals with severe intellectual disabilities as compared to individuals with mild or moderate intellectual disabilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2F46F4CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3FAF842C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 209 (S.533), § 2, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3CF1CD37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="1EA6193F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5CB5FCED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, pursuant to the authority to codify permanent law, the provisions of Section 1 and Section 2 of 2022 Act No. 209 were codified as Section 41-6-10 and Section 41-6-20, respectively.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -477,51 +1806,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -958,66 +2287,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>